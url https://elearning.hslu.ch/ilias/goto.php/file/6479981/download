--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -71,1807 +71,1838 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="MacroStartPosition"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Anmeldung für das Praktikum </w:t>
       </w:r>
       <w:r w:rsidR="00447D68">
         <w:t>NKI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF64A0F" w14:textId="77777777" w:rsidR="00724F9F" w:rsidRDefault="00724F9F" w:rsidP="00724F9F">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCCA86E" w14:textId="77777777" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B4C815E" w14:textId="1DB9A2E0" w:rsidR="00724F9F" w:rsidRPr="00882709" w:rsidRDefault="00724F9F" w:rsidP="00A16AAD">
+    <w:p w14:paraId="4B4C815E" w14:textId="441FF419" w:rsidR="00724F9F" w:rsidRPr="00F72D70" w:rsidRDefault="00724F9F" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Student:in</w:t>
+      </w:r>
+      <w:r w:rsidR="005B440C">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0930" w:rsidRPr="00823823">
+        <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:color w:val="77C5D8" w:themeColor="accent1"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="002E0930">
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A4AD5">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A4AD5" w:rsidRPr="00882709">
+      <w:r w:rsidR="005A4AD5" w:rsidRPr="00823823">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A4AD5" w:rsidRPr="00F72D70">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="Orginal"/>
-[...2 lines deleted...]
-            <w:color w:val="ADCA2A"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
-          <w:alias w:val="Name und Vorname"/>
-[...1 lines deleted...]
-          <w:id w:val="-1038897374"/>
+          <w:alias w:val="Vorname und Name"/>
+          <w:tag w:val="Vorname und Name"/>
+          <w:id w:val="-2087834804"/>
           <w:placeholder>
-            <w:docPart w:val="AD7B84FD7C6243D38802B92F9D5E0B27"/>
+            <w:docPart w:val="2A7B59FE799C420A8CD5D81C4E54F178"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:rStyle w:val="Orginal"/>
+            <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00266347" w:rsidRPr="00266347">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
-[...2 lines deleted...]
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:rStyle w:val="PINKN"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17A80DCF" w14:textId="77777777" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA66904" w14:textId="2B0F0D2E" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="005B440C">
         <w:t xml:space="preserve">Angaben zum Praktikum </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED5546C" w14:textId="41DB4603" w:rsidR="00A16AAD" w:rsidRPr="00056B5F" w:rsidRDefault="008327DB" w:rsidP="008327DB">
+    <w:p w14:paraId="5ED5546C" w14:textId="28E43A9D" w:rsidR="00A16AAD" w:rsidRPr="00414243" w:rsidRDefault="008327DB" w:rsidP="008327DB">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001E5FC4">
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05284">
         <w:t>Praktikum</w:t>
       </w:r>
-      <w:r w:rsidR="009D11E2" w:rsidRPr="001E5FC4">
+      <w:r w:rsidR="009D11E2" w:rsidRPr="00F05284">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="001E5FC4">
-[...5 lines deleted...]
-      <w:r w:rsidR="009D11E2">
+      <w:r w:rsidRPr="00F05284">
+        <w:t>grösse:</w:t>
+      </w:r>
+      <w:r w:rsidR="009D11E2" w:rsidRPr="00F05284">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A4AD5">
+      <w:r w:rsidR="005A4AD5" w:rsidRPr="00F05284">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005A4AD5" w:rsidRPr="00056B5F">
+      <w:r w:rsidR="00A3201A" w:rsidRPr="00414243">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
-          <w:alias w:val="Praktikumsgrösse bitte auswählen"/>
-[...2 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:alias w:val="Bitte wählen Sie die Praktikumsgrösse aus"/>
+          <w:tag w:val="Bitte wählen Sie die Praktikumsgrösse aus"/>
+          <w:id w:val="-396978844"/>
           <w:placeholder>
-            <w:docPart w:val="8B42171DB77A4E6F90E90F0DB86D1CF9"/>
+            <w:docPart w:val="011734FE4C1D4E6099316EE3FD082A92"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie ein Element aus."/>
             <w:listItem w:displayText="27 ECTS = 810 Stunden" w:value="27 ECTS = 810 Stunden"/>
             <w:listItem w:displayText="36 ECTS = 1080 Stunden" w:value="36 ECTS = 1080 Stunden"/>
             <w:listItem w:displayText="45 ECTS = 1350 Stunden" w:value="45 ECTS = 1350 Stunden"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="008D1D68" w:rsidRPr="008D1D68">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="31686F54" w14:textId="28D20E7C" w:rsidR="00F7737C" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
+    <w:p w14:paraId="31686F54" w14:textId="042AC5CA" w:rsidR="00F7737C" w:rsidRPr="00A21409" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:rStyle w:val="NKI"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Arbeitspensum:</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F05284">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00F05284">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Pensum zwischen 40% bis 80% möglich"/>
           <w:tag w:val="Pensum zwischen 40% bis 80% möglich"/>
-          <w:id w:val="-1918617371"/>
+          <w:id w:val="-122929156"/>
           <w:placeholder>
-            <w:docPart w:val="4D7043C939FE4138854DEAA145F315AF"/>
+            <w:docPart w:val="9513CD460C8D440B9E4146FAC436E1FC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00D61EC0" w:rsidRPr="00A21409">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="68F3E003" w14:textId="02C567C6" w:rsidR="00F7737C" w:rsidRPr="00F7737C" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Zeitraum: </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>von</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C264F">
+        <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+          </w:rPr>
+          <w:alias w:val="Startdatum"/>
+          <w:tag w:val="Startdatum"/>
+          <w:id w:val="-567338884"/>
+          <w:placeholder>
+            <w:docPart w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+          <w:date w:fullDate="2025-11-12T00:00:00Z">
+            <w:dateFormat w:val="dd.MM.yyyy"/>
+            <w:lid w:val="de-CH"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="004F0FD9">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Startdatum</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="008C264F">
+        <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>bis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C264F">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+            <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
+          </w:rPr>
+          <w:alias w:val="Enddatum"/>
+          <w:tag w:val="Enddatum"/>
+          <w:id w:val="861399835"/>
+          <w:placeholder>
+            <w:docPart w:val="6CF8CEEAC7EB428AA5BBA99B0B6856B2"/>
+          </w:placeholder>
+          <w15:color w:val="FF99CC"/>
+          <w:date>
+            <w:dateFormat w:val="dd.MM.yyyy"/>
+            <w:lid w:val="de-CH"/>
+            <w:storeMappedDataAs w:val="dateTime"/>
+            <w:calendar w:val="gregorian"/>
+          </w:date>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00E032DE" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Enddatum</w:t>
+          </w:r>
+          <w:r w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="5E7AC475" w14:textId="77777777" w:rsidR="005B440C" w:rsidRPr="00F7737C" w:rsidRDefault="005B440C" w:rsidP="005B440C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A145041" w14:textId="7D5A4311" w:rsidR="00EE3F15" w:rsidRDefault="00EE3F15" w:rsidP="00EE3F15">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Angaben zur Praxisorganisation (Arbeitgeber)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F61C2C5" w14:textId="66784653" w:rsidR="00EE3F15" w:rsidRPr="008C264F" w:rsidRDefault="00EE3F15" w:rsidP="00FB30FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Organisation:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="Name der Organisation"/>
+          <w:tag w:val="Name der Organisation"/>
+          <w:id w:val="-2139563392"/>
+          <w:placeholder>
+            <w:docPart w:val="CA881C29B4CC46E9986DBA5098ADA9FE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="005C5961" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="7227AA8C" w14:textId="05D117DD" w:rsidR="00EE3F15" w:rsidRPr="008C264F" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Strasse:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:color w:val="77C5D8" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="Strasse, NR."/>
+          <w:tag w:val="Strasse, NR."/>
+          <w:id w:val="-1943054630"/>
+          <w:placeholder>
+            <w:docPart w:val="088729DAA6AE48168D3732A18E85B718"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
-[...2 lines deleted...]
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="68F3E003" w14:textId="020C62D3" w:rsidR="00F7737C" w:rsidRPr="00F7737C" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Zeitraum: </w:t>
+    <w:p w14:paraId="2B48329A" w14:textId="69F465C7" w:rsidR="00BE29B8" w:rsidRPr="008C264F" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PLZ, Ort:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">von </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b w:val="0"/>
-[...1 lines deleted...]
-            <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
-          <w:alias w:val="Startdatum"/>
-[...1 lines deleted...]
-          <w:id w:val="-567338884"/>
+          <w:alias w:val="PLZ, Ort"/>
+          <w:tag w:val="PLZ, Ort"/>
+          <w:id w:val="242771664"/>
           <w:placeholder>
-            <w:docPart w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
-[...143 lines deleted...]
-            <w:docPart w:val="CA881C29B4CC46E9986DBA5098ADA9FE"/>
+            <w:docPart w:val="EADBFFB1344142859164DF273A19A4E2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
+          <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7227AA8C" w14:textId="05D117DD" w:rsidR="00EE3F15" w:rsidRPr="00557D4E" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
+    <w:p w14:paraId="4B9B1431" w14:textId="7454D4FE" w:rsidR="00BE29B8" w:rsidRPr="008C264F" w:rsidRDefault="00FB30FD" w:rsidP="00FB30FD">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Strasse:</w:t>
-[...6 lines deleted...]
-        <w:tab/>
+        <w:t>E-Mail- Adresse:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
-          <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
-          <w:alias w:val="Strasse, NR."/>
-[...1 lines deleted...]
-          <w:id w:val="-1943054630"/>
+          <w:alias w:val="E-Mail Adresse der Organisation"/>
+          <w:tag w:val="E-Mail Adresse der Organisation"/>
+          <w:id w:val="-1934417984"/>
           <w:placeholder>
-            <w:docPart w:val="088729DAA6AE48168D3732A18E85B718"/>
+            <w:docPart w:val="AB6ABA000D254819A67658D36FB1C1CF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="3013F2AE" w14:textId="3763F36B" w:rsidR="00FB30FD" w:rsidRPr="008C264F" w:rsidRDefault="00FB30FD" w:rsidP="00FB30FD">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Telefon:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="Hauptnummer der Organisation"/>
+          <w:tag w:val="Hauptnummer der Organisation"/>
+          <w:id w:val="-841851047"/>
+          <w:placeholder>
+            <w:docPart w:val="530B5093F4534319803BF4B34F4FBE1E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="566EBB0B" w14:textId="77777777" w:rsidR="004D7480" w:rsidRDefault="004D7480" w:rsidP="004D7480">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3942AB2B" w14:textId="1B399691" w:rsidR="004D7480" w:rsidRDefault="004D7480" w:rsidP="004D7480">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Angaben zur Praktikumsstelle (falls nicht gleich wie die Praxisorganisation)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23727996" w14:textId="20CFEF65" w:rsidR="00AF5B56" w:rsidRPr="008C264F" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Organisation:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="Name der Organisation"/>
+          <w:tag w:val="Name der Organisation"/>
+          <w:id w:val="-403840849"/>
+          <w:placeholder>
+            <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="79AF2EF4" w14:textId="60B17D2E" w:rsidR="00AF5B56" w:rsidRPr="008C264F" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Strasse:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="Strasse, NR. "/>
+          <w:tag w:val="Strasse, NR. "/>
+          <w:id w:val="12733167"/>
+          <w:placeholder>
+            <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="50A94113" w14:textId="36B3109A" w:rsidR="00AF5B56" w:rsidRPr="008C264F" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PLZ, Ort:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00557D4E">
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="PLZ, Ort"/>
+          <w:tag w:val="PLZ, Ort"/>
+          <w:id w:val="-72290438"/>
+          <w:placeholder>
+            <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="08324841" w14:textId="25A80FCB" w:rsidR="00AF5B56" w:rsidRPr="008C264F" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E-Mail- Adresse:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE0283">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+          </w:rPr>
+          <w:alias w:val="E-Mail-Adresse der Organisation"/>
+          <w:tag w:val="E-Mail-Adresse der Organisation"/>
+          <w:id w:val="-2141714260"/>
+          <w:placeholder>
+            <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="2B48329A" w14:textId="69F465C7" w:rsidR="00BE29B8" w:rsidRPr="00557D4E" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
+    <w:p w14:paraId="0C0A8AA2" w14:textId="3A54DDF5" w:rsidR="00AF5B56" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:rStyle w:val="Orginal"/>
+          <w:rStyle w:val="PINKN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>PLZ, Ort:</w:t>
-[...6 lines deleted...]
-        <w:tab/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Telefon:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00557D4E">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
-          <w:alias w:val="PLZ, Ort"/>
-[...194 lines deleted...]
-          <w:id w:val="-403840849"/>
+          <w:alias w:val="Hauptnummer des Standorts"/>
+          <w:tag w:val="Hauptnummer des Standorts"/>
+          <w:id w:val="192507505"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
-[...173 lines deleted...]
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00645853" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0C0A8AA2" w14:textId="2A22A9C9" w:rsidR="00AF5B56" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
+    <w:p w14:paraId="7F923F3C" w14:textId="77777777" w:rsidR="007248C3" w:rsidRPr="008C264F" w:rsidRDefault="007248C3" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
-      </w:pPr>
-[...49 lines deleted...]
-      </w:sdt>
+        <w:rPr>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="0517940D" w14:textId="5D2FE503" w:rsidR="00DC076B" w:rsidRPr="00F7737C" w:rsidRDefault="001F2C97" w:rsidP="003B6845">
+    <w:p w14:paraId="0517940D" w14:textId="5D2FE503" w:rsidR="00DC076B" w:rsidRPr="008C264F" w:rsidRDefault="00414243" w:rsidP="003B6845">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="800736734"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B6845" w:rsidRPr="00F7737C">
+          <w:r w:rsidR="003B6845" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00DC076B" w:rsidRPr="00F7737C">
+      <w:r w:rsidR="00DC076B" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> anerkannt von der Hochschule Luzern – Soziale Arbeit (figuriert auf dem Praktikumsstellenmarkt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C62E954" w14:textId="6C9E8048" w:rsidR="003B6845" w:rsidRPr="00F7737C" w:rsidRDefault="001F2C97" w:rsidP="00652B2B">
+    <w:p w14:paraId="4C62E954" w14:textId="6C9E8048" w:rsidR="003B6845" w:rsidRDefault="00414243" w:rsidP="00652B2B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="989290268"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="003B6845" w:rsidRPr="00F7737C">
+          <w:r w:rsidR="003B6845" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="003B6845" w:rsidRPr="00F7737C">
+      <w:r w:rsidR="003B6845" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> neue </w:t>
       </w:r>
-      <w:r w:rsidR="00F03CD4" w:rsidRPr="00F7737C">
+      <w:r w:rsidR="00F03CD4" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Praktikumsstelle – muss noch durch die Hochschule Luzern – Soziale Arbeit anerkannt werden</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0305E561" w14:textId="77777777" w:rsidR="007248C3" w:rsidRPr="008C264F" w:rsidRDefault="007248C3" w:rsidP="00652B2B">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="33029AFC" w14:textId="77777777" w:rsidR="00447D68" w:rsidRDefault="00447D68">
       <w:pPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEF0891" w14:textId="4E2315A8" w:rsidR="00ED2F5C" w:rsidRDefault="00ED2F5C" w:rsidP="00ED2F5C">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Praxisausbildner</w:t>
       </w:r>
       <w:r w:rsidR="00501313">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED2F5C">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(bitte durch vorgesehene Person ausfüllen lassen)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CB01CC4" w14:textId="2980ABD5" w:rsidR="00ED2F5C" w:rsidRPr="00447D68" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
+    <w:p w14:paraId="5CB01CC4" w14:textId="2980ABD5" w:rsidR="00ED2F5C" w:rsidRPr="008C264F" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Name und Vorname:</w:t>
       </w:r>
       <w:r w:rsidR="003E16C9" w:rsidRPr="00447D68">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="ADCA2A" w:themeColor="accent2"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Name und Vorname Praxisausbildner:in"/>
           <w:tag w:val="Name und Vorname Praxisausbildner:in"/>
           <w:id w:val="-2098937864"/>
           <w:placeholder>
             <w:docPart w:val="AACD94D7235744908C49C1A5FD13712D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="43361989" w14:textId="01292921" w:rsidR="003E16C9" w:rsidRPr="0099517E" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
+    <w:p w14:paraId="43361989" w14:textId="01292921" w:rsidR="003E16C9" w:rsidRPr="008C264F" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>E-Mail-Adresse:</w:t>
       </w:r>
       <w:r w:rsidR="00BE16F3" w:rsidRPr="0099517E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="E-Mail-Adresse"/>
           <w:tag w:val="E-Mail-Adresse"/>
           <w:id w:val="-893500388"/>
           <w:placeholder>
             <w:docPart w:val="B2DE9307DF0041028BA0DE4CB5AFA217"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="73D7D905" w14:textId="2123DA6B" w:rsidR="005734F3" w:rsidRPr="0099517E" w:rsidRDefault="00BE16F3" w:rsidP="00F03B31">
+    <w:p w14:paraId="73D7D905" w14:textId="2123DA6B" w:rsidR="005734F3" w:rsidRPr="008C264F" w:rsidRDefault="00BE16F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Telefon:</w:t>
       </w:r>
       <w:r w:rsidR="003E16C9" w:rsidRPr="0099517E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Direkte Telefonnummer"/>
           <w:tag w:val="Direkte Telefonnummer"/>
           <w:id w:val="549959617"/>
           <w:placeholder>
             <w:docPart w:val="6383083A49114B079E4DD16F7C3AF3CD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4E415D5A" w14:textId="79C67029" w:rsidR="005734F3" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
+    <w:p w14:paraId="4E415D5A" w14:textId="79C67029" w:rsidR="005734F3" w:rsidRPr="008C264F" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Ausbildung als:</w:t>
+      </w:r>
+      <w:r w:rsidR="003E16C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Ausbildung als:</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Abschluss"/>
           <w:tag w:val="Abschluss"/>
           <w:id w:val="545026658"/>
           <w:placeholder>
             <w:docPart w:val="26BCD768816A4CE089B1A990F21BD2CF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:snapToGrid w:val="0"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3F11C0BE" w14:textId="02F42C20" w:rsidR="005734F3" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
+          <w:rStyle w:val="PINKN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Diplomjahr und HFS/FH:</w:t>
+      </w:r>
+      <w:r w:rsidR="003E16C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Diplomjahr und HFS/FH:</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Diplomjahr und HFS/HF"/>
           <w:tag w:val="Diplomjahr und HFS/HF"/>
           <w:id w:val="-1040981619"/>
           <w:placeholder>
             <w:docPart w:val="30E06EF420564F0B9EDF1251C5647A19"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:snapToGrid w:val="0"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="00447D68" w:rsidRDefault="001F2C97" w:rsidP="003E16C9">
-      <w:pPr>
+    <w:p w14:paraId="06311AA6" w14:textId="77777777" w:rsidR="007248C3" w:rsidRPr="008C264F" w:rsidRDefault="007248C3" w:rsidP="00F03B31">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+        </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="008C264F" w:rsidRDefault="00414243" w:rsidP="003E16C9">
+      <w:pPr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="337431721"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+      <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Interne Praxisausbildner:in</w:t>
       </w:r>
-      <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+      <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+      <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="-2006428736"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00BE16F3" w:rsidRPr="00447D68">
+      <w:r w:rsidR="00BE16F3" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Externe Praxisausbildner:in</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B0BF18B" w14:textId="77777777" w:rsidR="005734F3" w:rsidRDefault="005734F3" w:rsidP="00ED2F5C"/>
     <w:p w14:paraId="2E6C940A" w14:textId="274F28D8" w:rsidR="00E944EB" w:rsidRDefault="00F03B31" w:rsidP="00E944EB">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Qualifikation als Praxisausbildner:in</w:t>
       </w:r>
       <w:r w:rsidR="00E944EB">
         <w:br/>
       </w:r>
       <w:r w:rsidR="00E944EB" w:rsidRPr="00E944EB">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>(Bitte wählen Sie die korrekte Aussage aus und legen Sie Ihren Nachweis bei)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB219EC" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="00E944EB"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rStyle w:val="NKI"/>
+          <w:rStyle w:val="PINKN"/>
         </w:rPr>
         <w:alias w:val="Bitte korrekte Aussage auswählen"/>
         <w:tag w:val="Bitte korrekte Aussage auswählen"/>
         <w:id w:val="-644733472"/>
         <w:placeholder>
           <w:docPart w:val="CDF106A66C1146BCA0C2E77351DA111D"/>
         </w:placeholder>
         <w:showingPlcHdr/>
-        <w15:color w:val="ADCA2A"/>
+        <w15:color w:val="FF99CC"/>
         <w:comboBox>
           <w:listItem w:value="Wählen Sie ein Element aus."/>
           <w:listItem w:displayText="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht" w:value="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht"/>
           <w:listItem w:displayText="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF" w:value="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF"/>
           <w:listItem w:displayText="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)" w:value="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)"/>
           <w:listItem w:displayText="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu." w:value="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu."/>
         </w:comboBox>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="36AF3F0D" w14:textId="5C9AE460" w:rsidR="00E944EB" w:rsidRPr="0099517E" w:rsidRDefault="00896916" w:rsidP="00E944EB">
+        <w:p w14:paraId="36AF3F0D" w14:textId="2B6A15FD" w:rsidR="00E944EB" w:rsidRPr="00414243" w:rsidRDefault="001F31B4" w:rsidP="00E944EB">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="00414243">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="29E21B15" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="001A5189">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22D53E38" w14:textId="420BDE95" w:rsidR="001A5189" w:rsidRDefault="006261BB" w:rsidP="006261BB">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:t>Modulreglement und Unterschrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71FA040C" w14:textId="77777777" w:rsidR="006261BB" w:rsidRDefault="006261BB" w:rsidP="006261BB"/>
     <w:p w14:paraId="456B1CB3" w14:textId="19DFBC9A" w:rsidR="006261BB" w:rsidRPr="00447D68" w:rsidRDefault="00447D68" w:rsidP="006261BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447D68">
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00447D68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Wegleitung zur Praxisausbildung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00447D68">
         <w:t xml:space="preserve"> im Studiengang BSc SA NKI regelt die Rahmenbedingungen der Praxisausbildung im Studiengang. </w:t>
       </w:r>
       <w:r w:rsidRPr="00447D68">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Mit ihrer Unterschrift bestätigen die vorgesetzte Person, </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> Student:in, die Wegleitung zu kennen und anerkennen die Geltung der entsprechenden Bestimmungen.</w:t>
+        <w:t>Mit ihrer Unterschrift bestätigen die vorgesetzte Person, der:die Praxisausbildner:in und die:der Student:in, die Wegleitung zu kennen und anerkennen die Geltung der entsprechenden Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661E077E" w14:textId="77777777" w:rsidR="00447D68" w:rsidRPr="007D35AC" w:rsidRDefault="00447D68" w:rsidP="006261BB"/>
     <w:p w14:paraId="215BA5F5" w14:textId="29C3CABD" w:rsidR="001A5189" w:rsidRDefault="006261BB" w:rsidP="006261BB">
       <w:r w:rsidRPr="007D35AC">
-        <w:t xml:space="preserve">Bei Streitigkeiten, die das Ausbildungsverhältnis mit der Hochschule Luzern – Soziale Arbeit betreffen, sind die Gerichte am Sitz der Hochschule Luzern – Soziale Arbeit ausschliesslich zuständig. Es ist in jedem Fall </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> anwendbar. Bei Streitigkeiten aus dem Arbeitsverhältnis richtet sich die Zuständigkeit der Gerichte nach der Art des Arbeitsverhältnisses (öffentliches oder privates) zwischen Praxisorganisation und der</w:t>
+        <w:t>Bei Streitigkeiten, die das Ausbildungsverhältnis mit der Hochschule Luzern – Soziale Arbeit betreffen, sind die Gerichte am Sitz der Hochschule Luzern – Soziale Arbeit ausschliesslich zuständig. Es ist in jedem Fall schweizerisches Recht anwendbar. Bei Streitigkeiten aus dem Arbeitsverhältnis richtet sich die Zuständigkeit der Gerichte nach der Art des Arbeitsverhältnisses (öffentliches oder privates) zwischen Praxisorganisation und der</w:t>
       </w:r>
       <w:r>
         <w:t>:dem</w:t>
       </w:r>
       <w:r w:rsidRPr="007D35AC">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>Student</w:t>
+        <w:t xml:space="preserve"> Student</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="007D35AC">
         <w:t>in.</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="34ECBA58" w14:textId="77777777" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="006261BB"/>
     <w:p w14:paraId="67B48210" w14:textId="75806031" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="00B72208">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Unterschriften</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC24BD8" w14:textId="77777777" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="00B72208"/>
-    <w:p w14:paraId="626FAF59" w14:textId="1451D0E4" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="007D77E7">
+    <w:p w14:paraId="626FAF59" w14:textId="1451D0E4" w:rsidR="00B72208" w:rsidRPr="008C264F" w:rsidRDefault="00B72208" w:rsidP="007D77E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ort und Datum: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="NKI"/>
+            <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Ort und Datum"/>
           <w:tag w:val="Ort und Datum"/>
           <w:id w:val="1864627261"/>
           <w:placeholder>
             <w:docPart w:val="73118F48C35A4F1690C6EF34A147A99B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
-          <w15:color w:val="ADCA2A"/>
+          <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="00896916" w:rsidRPr="00447D68">
+          <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="ADCA2A" w:themeColor="accent2"/>
+              <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r>
+      <w:r w:rsidRPr="008C264F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C460B00" w14:textId="3FC68E6E" w:rsidR="00B72208" w:rsidRDefault="0084141E" w:rsidP="0054543F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Student:in:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2099,50 +2130,51 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FDB7C0" w14:textId="32A194B8" w:rsidR="007D77E7" w:rsidRDefault="007D77E7" w:rsidP="007D77E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hochschule Luzern – Soziale Arbeit: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2238,188 +2270,144 @@
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00447D68" w:rsidRPr="00B460F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>bachelor.nki@hslu.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">zuzustellen. Nach Unterzeichnung durch die Hochschule Luzern – Soziale Arbeit erhalten </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>zuzustellen. Nach Unterzeichnung durch die Hochschule Luzern – Soziale Arbeit erhalten die</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>die</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>der Student</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>der</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Student</w:t>
+        <w:t>in sowie die</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">in sowie </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>der Praxisausbildner</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>die</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>in eine Kopie derselben als Bestätigung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C3E27C" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="004806F4" w:rsidRDefault="005776A4" w:rsidP="00CA6671">
+      <w:pPr>
+        <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>der</w:t>
-[...22 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="05C3E27C" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="004806F4" w:rsidRDefault="005776A4" w:rsidP="00CA6671">
-[...9 lines deleted...]
-    <w:p w14:paraId="0242E5AC" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidRDefault="005776A4" w:rsidP="00447D68">
+    <w:p w14:paraId="0242E5AC" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidRDefault="005776A4" w:rsidP="008C264F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="2" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="ADCA2A" w:themeFill="accent2"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="EC5A7A" w:themeFill="accent3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk64993846"/>
       <w:r w:rsidRPr="007D35AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Die von allen Beteiligten unterschriebene Anmeldung gilt als Ausbildungsvereinbarung.</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Enclosures"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="4BCD1EF6" w14:textId="77777777" w:rsidR="00CA6671" w:rsidRPr="007D77E7" w:rsidRDefault="00CA6671" w:rsidP="007D77E7">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="00CA6671" w:rsidRPr="007D77E7" w:rsidSect="00ED2F5C">
+    <w:sectPr w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidSect="00ED2F5C">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1276" w:right="737" w:bottom="1701" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3BE9458C" w14:textId="77777777" w:rsidR="00D9664E" w:rsidRPr="00C6782B" w:rsidRDefault="00D9664E">
       <w:r w:rsidRPr="00C6782B">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -3961,56 +3949,56 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1834493231">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="799690692">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="88741844">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1274557114">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="139619751">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="558516297">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="101"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zx3hcUGShW/xP2537Gy9fTEAmpjP3OxDT+NSgec1ZfhPU0lbJOLbAiI1N/LBx2Ux7Bc02hn0ktB19IJEGdyAGw==" w:salt="ePL5rQn8Olj2cM8se9s52Q=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LyMWdf72+SnjuSyLsoyt35n/CCjG9GD0weSdsX/5JGYoc6WYHAbIu99NGfponOOGbhPriR8bjroY6F7AEQqCmw==" w:salt="9ulmqRYbzyjvSEKCRdXkmQ=="/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
@@ -4217,84 +4205,87 @@
     <w:rsid w:val="001A1AF5"/>
     <w:rsid w:val="001A5189"/>
     <w:rsid w:val="001A6649"/>
     <w:rsid w:val="001A7844"/>
     <w:rsid w:val="001B16E5"/>
     <w:rsid w:val="001B4E95"/>
     <w:rsid w:val="001C027B"/>
     <w:rsid w:val="001C1258"/>
     <w:rsid w:val="001C2AF9"/>
     <w:rsid w:val="001C371A"/>
     <w:rsid w:val="001C6A6C"/>
     <w:rsid w:val="001D034D"/>
     <w:rsid w:val="001D0D54"/>
     <w:rsid w:val="001D1527"/>
     <w:rsid w:val="001D1F70"/>
     <w:rsid w:val="001D5097"/>
     <w:rsid w:val="001D597B"/>
     <w:rsid w:val="001D6AC5"/>
     <w:rsid w:val="001E3C38"/>
     <w:rsid w:val="001E5796"/>
     <w:rsid w:val="001E5FC4"/>
     <w:rsid w:val="001E6A3D"/>
     <w:rsid w:val="001E74E7"/>
     <w:rsid w:val="001F0C03"/>
     <w:rsid w:val="001F2C97"/>
+    <w:rsid w:val="001F31B4"/>
     <w:rsid w:val="001F6863"/>
     <w:rsid w:val="001F7CF3"/>
     <w:rsid w:val="00201F68"/>
     <w:rsid w:val="00203C8F"/>
     <w:rsid w:val="002040F4"/>
     <w:rsid w:val="00204767"/>
     <w:rsid w:val="00205335"/>
     <w:rsid w:val="00206517"/>
     <w:rsid w:val="00207483"/>
     <w:rsid w:val="00210547"/>
     <w:rsid w:val="002129AE"/>
     <w:rsid w:val="00221537"/>
     <w:rsid w:val="002254D5"/>
     <w:rsid w:val="002315B5"/>
     <w:rsid w:val="00233266"/>
     <w:rsid w:val="00233E30"/>
     <w:rsid w:val="00234599"/>
+    <w:rsid w:val="00237C5D"/>
     <w:rsid w:val="0024192B"/>
     <w:rsid w:val="00241B6D"/>
     <w:rsid w:val="00243200"/>
     <w:rsid w:val="00244E44"/>
     <w:rsid w:val="002507EB"/>
     <w:rsid w:val="00253A7F"/>
     <w:rsid w:val="00254CF8"/>
     <w:rsid w:val="0025680A"/>
     <w:rsid w:val="00260B39"/>
     <w:rsid w:val="00260C6F"/>
     <w:rsid w:val="002628FA"/>
     <w:rsid w:val="00263B1C"/>
     <w:rsid w:val="00263E4C"/>
     <w:rsid w:val="002645DC"/>
     <w:rsid w:val="002655EE"/>
     <w:rsid w:val="0026584C"/>
     <w:rsid w:val="00265BBB"/>
+    <w:rsid w:val="00266347"/>
     <w:rsid w:val="00266496"/>
     <w:rsid w:val="00266CAF"/>
     <w:rsid w:val="00271318"/>
     <w:rsid w:val="00271915"/>
     <w:rsid w:val="002727C3"/>
     <w:rsid w:val="002728D1"/>
     <w:rsid w:val="00272AEA"/>
     <w:rsid w:val="00276E6C"/>
     <w:rsid w:val="002826C9"/>
     <w:rsid w:val="00282BDD"/>
     <w:rsid w:val="002848F8"/>
     <w:rsid w:val="00285383"/>
     <w:rsid w:val="002862F6"/>
     <w:rsid w:val="00287A9C"/>
     <w:rsid w:val="0029209B"/>
     <w:rsid w:val="00295797"/>
     <w:rsid w:val="002A060F"/>
     <w:rsid w:val="002A0D4A"/>
     <w:rsid w:val="002A12AA"/>
     <w:rsid w:val="002A2F40"/>
     <w:rsid w:val="002A42D3"/>
     <w:rsid w:val="002A46C0"/>
     <w:rsid w:val="002A4955"/>
     <w:rsid w:val="002A49DB"/>
     <w:rsid w:val="002A53F6"/>
@@ -4316,50 +4307,51 @@
     <w:rsid w:val="002C5BD7"/>
     <w:rsid w:val="002C7CF4"/>
     <w:rsid w:val="002D109E"/>
     <w:rsid w:val="002D16CB"/>
     <w:rsid w:val="002D19AF"/>
     <w:rsid w:val="002D2017"/>
     <w:rsid w:val="002D3387"/>
     <w:rsid w:val="002D3634"/>
     <w:rsid w:val="002D3A64"/>
     <w:rsid w:val="002D4354"/>
     <w:rsid w:val="002D7C5C"/>
     <w:rsid w:val="002E0930"/>
     <w:rsid w:val="002E0A07"/>
     <w:rsid w:val="002E7357"/>
     <w:rsid w:val="002F3438"/>
     <w:rsid w:val="002F3A1E"/>
     <w:rsid w:val="002F694B"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00302484"/>
     <w:rsid w:val="0030355A"/>
     <w:rsid w:val="00303EA5"/>
     <w:rsid w:val="00307B70"/>
     <w:rsid w:val="00310369"/>
     <w:rsid w:val="00310505"/>
     <w:rsid w:val="00310743"/>
+    <w:rsid w:val="003121D7"/>
     <w:rsid w:val="003126CF"/>
     <w:rsid w:val="00313524"/>
     <w:rsid w:val="00313BB2"/>
     <w:rsid w:val="00321CB7"/>
     <w:rsid w:val="003223FF"/>
     <w:rsid w:val="00322C35"/>
     <w:rsid w:val="00322D36"/>
     <w:rsid w:val="0032754B"/>
     <w:rsid w:val="00327A1E"/>
     <w:rsid w:val="003311C3"/>
     <w:rsid w:val="00331932"/>
     <w:rsid w:val="00332715"/>
     <w:rsid w:val="0033307B"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="003342EB"/>
     <w:rsid w:val="00335B07"/>
     <w:rsid w:val="0033758F"/>
     <w:rsid w:val="00342F91"/>
     <w:rsid w:val="003431D1"/>
     <w:rsid w:val="00347944"/>
     <w:rsid w:val="003523B3"/>
     <w:rsid w:val="00352967"/>
     <w:rsid w:val="00357B7E"/>
     <w:rsid w:val="00362601"/>
     <w:rsid w:val="00363564"/>
@@ -4401,56 +4393,59 @@
     <w:rsid w:val="003D1594"/>
     <w:rsid w:val="003D210E"/>
     <w:rsid w:val="003D2556"/>
     <w:rsid w:val="003D4399"/>
     <w:rsid w:val="003D5072"/>
     <w:rsid w:val="003D5EFA"/>
     <w:rsid w:val="003D5F22"/>
     <w:rsid w:val="003D6960"/>
     <w:rsid w:val="003E089A"/>
     <w:rsid w:val="003E16C9"/>
     <w:rsid w:val="003E46AD"/>
     <w:rsid w:val="003E521A"/>
     <w:rsid w:val="003E7E18"/>
     <w:rsid w:val="003E7F95"/>
     <w:rsid w:val="003F5CE4"/>
     <w:rsid w:val="003F653C"/>
     <w:rsid w:val="003F7C8E"/>
     <w:rsid w:val="00402B5A"/>
     <w:rsid w:val="00403213"/>
     <w:rsid w:val="00404D9F"/>
     <w:rsid w:val="00404F17"/>
     <w:rsid w:val="0040653F"/>
     <w:rsid w:val="00407474"/>
     <w:rsid w:val="00410ECA"/>
     <w:rsid w:val="00411446"/>
+    <w:rsid w:val="00414243"/>
     <w:rsid w:val="00414AA6"/>
     <w:rsid w:val="00414E5F"/>
     <w:rsid w:val="0041637D"/>
     <w:rsid w:val="0042017B"/>
     <w:rsid w:val="00420403"/>
+    <w:rsid w:val="00424E05"/>
     <w:rsid w:val="00425133"/>
+    <w:rsid w:val="00425717"/>
     <w:rsid w:val="00427627"/>
     <w:rsid w:val="00427E29"/>
     <w:rsid w:val="00431ED0"/>
     <w:rsid w:val="00433BEC"/>
     <w:rsid w:val="00436873"/>
     <w:rsid w:val="00436944"/>
     <w:rsid w:val="00437698"/>
     <w:rsid w:val="004404A7"/>
     <w:rsid w:val="00443F03"/>
     <w:rsid w:val="00444470"/>
     <w:rsid w:val="00444712"/>
     <w:rsid w:val="00446146"/>
     <w:rsid w:val="004468E4"/>
     <w:rsid w:val="004472F7"/>
     <w:rsid w:val="00447D68"/>
     <w:rsid w:val="00450303"/>
     <w:rsid w:val="0045315C"/>
     <w:rsid w:val="00453293"/>
     <w:rsid w:val="00456F5B"/>
     <w:rsid w:val="004575BA"/>
     <w:rsid w:val="00461A28"/>
     <w:rsid w:val="00462A80"/>
     <w:rsid w:val="00467333"/>
     <w:rsid w:val="00467601"/>
     <w:rsid w:val="004701A0"/>
@@ -4477,55 +4472,57 @@
     <w:rsid w:val="004A276A"/>
     <w:rsid w:val="004A3147"/>
     <w:rsid w:val="004A42A2"/>
     <w:rsid w:val="004A6F67"/>
     <w:rsid w:val="004A79D5"/>
     <w:rsid w:val="004B09CD"/>
     <w:rsid w:val="004B2DA0"/>
     <w:rsid w:val="004B2F30"/>
     <w:rsid w:val="004B2F5B"/>
     <w:rsid w:val="004B4004"/>
     <w:rsid w:val="004B462F"/>
     <w:rsid w:val="004B67E5"/>
     <w:rsid w:val="004C0B7C"/>
     <w:rsid w:val="004C3252"/>
     <w:rsid w:val="004C468A"/>
     <w:rsid w:val="004C7699"/>
     <w:rsid w:val="004D1CCA"/>
     <w:rsid w:val="004D3483"/>
     <w:rsid w:val="004D37C2"/>
     <w:rsid w:val="004D7480"/>
     <w:rsid w:val="004E4251"/>
     <w:rsid w:val="004E4266"/>
     <w:rsid w:val="004E4B34"/>
     <w:rsid w:val="004E5CA9"/>
     <w:rsid w:val="004E7630"/>
+    <w:rsid w:val="004F0FD9"/>
     <w:rsid w:val="004F1137"/>
     <w:rsid w:val="004F2D7D"/>
     <w:rsid w:val="004F2EDD"/>
     <w:rsid w:val="004F7B16"/>
     <w:rsid w:val="00501313"/>
+    <w:rsid w:val="005031F9"/>
     <w:rsid w:val="00503979"/>
     <w:rsid w:val="00504191"/>
     <w:rsid w:val="005047A5"/>
     <w:rsid w:val="00504A70"/>
     <w:rsid w:val="005062A0"/>
     <w:rsid w:val="00506326"/>
     <w:rsid w:val="005079ED"/>
     <w:rsid w:val="0051398E"/>
     <w:rsid w:val="005168A9"/>
     <w:rsid w:val="00516DAB"/>
     <w:rsid w:val="0052462A"/>
     <w:rsid w:val="00525596"/>
     <w:rsid w:val="00527BD0"/>
     <w:rsid w:val="00532369"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00534CD8"/>
     <w:rsid w:val="005363EC"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="00537B20"/>
     <w:rsid w:val="00540A80"/>
     <w:rsid w:val="00540BFD"/>
     <w:rsid w:val="00543809"/>
     <w:rsid w:val="00543858"/>
     <w:rsid w:val="0054543F"/>
     <w:rsid w:val="00545AA8"/>
@@ -4533,57 +4530,59 @@
     <w:rsid w:val="00550F8A"/>
     <w:rsid w:val="005536C2"/>
     <w:rsid w:val="00553D8A"/>
     <w:rsid w:val="00556E05"/>
     <w:rsid w:val="00557113"/>
     <w:rsid w:val="005575E7"/>
     <w:rsid w:val="00557D4E"/>
     <w:rsid w:val="0056298A"/>
     <w:rsid w:val="00565AEE"/>
     <w:rsid w:val="005734F3"/>
     <w:rsid w:val="00574054"/>
     <w:rsid w:val="0057564D"/>
     <w:rsid w:val="00575832"/>
     <w:rsid w:val="00576185"/>
     <w:rsid w:val="0057663F"/>
     <w:rsid w:val="0057709F"/>
     <w:rsid w:val="005776A4"/>
     <w:rsid w:val="00582174"/>
     <w:rsid w:val="005871D3"/>
     <w:rsid w:val="00592BF1"/>
     <w:rsid w:val="005945C2"/>
     <w:rsid w:val="00595EFC"/>
     <w:rsid w:val="00597B04"/>
     <w:rsid w:val="005A077C"/>
     <w:rsid w:val="005A4AD5"/>
+    <w:rsid w:val="005B1663"/>
     <w:rsid w:val="005B2184"/>
     <w:rsid w:val="005B256F"/>
     <w:rsid w:val="005B440C"/>
     <w:rsid w:val="005B4BBB"/>
     <w:rsid w:val="005C02C1"/>
     <w:rsid w:val="005C1028"/>
     <w:rsid w:val="005C11B8"/>
+    <w:rsid w:val="005C5961"/>
     <w:rsid w:val="005C7F2F"/>
     <w:rsid w:val="005D1707"/>
     <w:rsid w:val="005D1D0B"/>
     <w:rsid w:val="005D313D"/>
     <w:rsid w:val="005D3404"/>
     <w:rsid w:val="005D5F6E"/>
     <w:rsid w:val="005D6579"/>
     <w:rsid w:val="005E045D"/>
     <w:rsid w:val="005E110D"/>
     <w:rsid w:val="005E384C"/>
     <w:rsid w:val="005E5A04"/>
     <w:rsid w:val="005E7E3B"/>
     <w:rsid w:val="005F234A"/>
     <w:rsid w:val="005F4162"/>
     <w:rsid w:val="005F555B"/>
     <w:rsid w:val="005F5911"/>
     <w:rsid w:val="005F7C34"/>
     <w:rsid w:val="00612F91"/>
     <w:rsid w:val="00622B2F"/>
     <w:rsid w:val="00622CCC"/>
     <w:rsid w:val="00623C45"/>
     <w:rsid w:val="00625819"/>
     <w:rsid w:val="00625C43"/>
     <w:rsid w:val="006261BB"/>
     <w:rsid w:val="0062667A"/>
@@ -4600,97 +4599,99 @@
     <w:rsid w:val="00644DEE"/>
     <w:rsid w:val="00644EBE"/>
     <w:rsid w:val="00645853"/>
     <w:rsid w:val="00650321"/>
     <w:rsid w:val="00650E06"/>
     <w:rsid w:val="00652B2B"/>
     <w:rsid w:val="006544DD"/>
     <w:rsid w:val="00655C62"/>
     <w:rsid w:val="006578C1"/>
     <w:rsid w:val="006639DE"/>
     <w:rsid w:val="00665BF6"/>
     <w:rsid w:val="00665BFA"/>
     <w:rsid w:val="00667B1B"/>
     <w:rsid w:val="0067303E"/>
     <w:rsid w:val="00674950"/>
     <w:rsid w:val="00681715"/>
     <w:rsid w:val="0068421E"/>
     <w:rsid w:val="0068498D"/>
     <w:rsid w:val="00687B0D"/>
     <w:rsid w:val="00691AD3"/>
     <w:rsid w:val="0069330B"/>
     <w:rsid w:val="00693729"/>
     <w:rsid w:val="00697233"/>
     <w:rsid w:val="006A46F8"/>
     <w:rsid w:val="006A515A"/>
+    <w:rsid w:val="006A7F3D"/>
     <w:rsid w:val="006B131C"/>
     <w:rsid w:val="006B1740"/>
     <w:rsid w:val="006B202E"/>
     <w:rsid w:val="006B34D5"/>
     <w:rsid w:val="006B4565"/>
     <w:rsid w:val="006B4DE1"/>
     <w:rsid w:val="006B525A"/>
     <w:rsid w:val="006B5E61"/>
     <w:rsid w:val="006C0469"/>
     <w:rsid w:val="006C04A6"/>
     <w:rsid w:val="006C1027"/>
     <w:rsid w:val="006C138E"/>
     <w:rsid w:val="006C2B11"/>
     <w:rsid w:val="006C328F"/>
     <w:rsid w:val="006C4D77"/>
     <w:rsid w:val="006C5501"/>
     <w:rsid w:val="006C56B9"/>
     <w:rsid w:val="006C5FD2"/>
     <w:rsid w:val="006C771A"/>
     <w:rsid w:val="006D2C41"/>
     <w:rsid w:val="006D2D03"/>
     <w:rsid w:val="006D45ED"/>
     <w:rsid w:val="006D66E9"/>
     <w:rsid w:val="006E0730"/>
     <w:rsid w:val="006E2AE9"/>
     <w:rsid w:val="006E2D08"/>
     <w:rsid w:val="006E4C03"/>
     <w:rsid w:val="006E6997"/>
     <w:rsid w:val="006E70A0"/>
     <w:rsid w:val="006F0A42"/>
     <w:rsid w:val="006F42B3"/>
     <w:rsid w:val="006F690E"/>
     <w:rsid w:val="006F6F72"/>
     <w:rsid w:val="00700F29"/>
     <w:rsid w:val="0070199C"/>
     <w:rsid w:val="00704DD7"/>
     <w:rsid w:val="007061F2"/>
     <w:rsid w:val="00706FA1"/>
     <w:rsid w:val="00710241"/>
     <w:rsid w:val="0071163A"/>
     <w:rsid w:val="007119F1"/>
     <w:rsid w:val="0071379F"/>
     <w:rsid w:val="007144A7"/>
     <w:rsid w:val="00720962"/>
     <w:rsid w:val="00721B11"/>
     <w:rsid w:val="00722B3B"/>
     <w:rsid w:val="00724543"/>
+    <w:rsid w:val="007248C3"/>
     <w:rsid w:val="00724F9F"/>
     <w:rsid w:val="00730FCB"/>
     <w:rsid w:val="00731AA0"/>
     <w:rsid w:val="00731E48"/>
     <w:rsid w:val="00736939"/>
     <w:rsid w:val="00737DBF"/>
     <w:rsid w:val="00740118"/>
     <w:rsid w:val="00743BA2"/>
     <w:rsid w:val="00745B8E"/>
     <w:rsid w:val="00747594"/>
     <w:rsid w:val="00750EB1"/>
     <w:rsid w:val="0075324C"/>
     <w:rsid w:val="007543AF"/>
     <w:rsid w:val="007563DA"/>
     <w:rsid w:val="0076156C"/>
     <w:rsid w:val="00763B85"/>
     <w:rsid w:val="00765834"/>
     <w:rsid w:val="007667D1"/>
     <w:rsid w:val="007676FD"/>
     <w:rsid w:val="00773062"/>
     <w:rsid w:val="00773577"/>
     <w:rsid w:val="00774154"/>
     <w:rsid w:val="007762DD"/>
     <w:rsid w:val="00780D50"/>
     <w:rsid w:val="00782E0C"/>
@@ -4717,118 +4718,124 @@
     <w:rsid w:val="007B25BD"/>
     <w:rsid w:val="007B453F"/>
     <w:rsid w:val="007B52BE"/>
     <w:rsid w:val="007B566B"/>
     <w:rsid w:val="007B5DEF"/>
     <w:rsid w:val="007B604C"/>
     <w:rsid w:val="007B76A3"/>
     <w:rsid w:val="007C2BFE"/>
     <w:rsid w:val="007C4472"/>
     <w:rsid w:val="007C54AB"/>
     <w:rsid w:val="007C681B"/>
     <w:rsid w:val="007C74E7"/>
     <w:rsid w:val="007C761A"/>
     <w:rsid w:val="007D0538"/>
     <w:rsid w:val="007D0E2F"/>
     <w:rsid w:val="007D2FCD"/>
     <w:rsid w:val="007D4BED"/>
     <w:rsid w:val="007D61F1"/>
     <w:rsid w:val="007D6BFC"/>
     <w:rsid w:val="007D77E7"/>
     <w:rsid w:val="007E0502"/>
     <w:rsid w:val="007E1351"/>
     <w:rsid w:val="007E1748"/>
     <w:rsid w:val="007E3727"/>
     <w:rsid w:val="007E6993"/>
+    <w:rsid w:val="007E699A"/>
     <w:rsid w:val="007E6DA8"/>
     <w:rsid w:val="007F0266"/>
     <w:rsid w:val="007F2A97"/>
     <w:rsid w:val="007F4AA4"/>
     <w:rsid w:val="007F7FF6"/>
     <w:rsid w:val="0080013D"/>
     <w:rsid w:val="00801B6E"/>
     <w:rsid w:val="00802FF5"/>
+    <w:rsid w:val="0080315F"/>
     <w:rsid w:val="0080752B"/>
     <w:rsid w:val="0081078B"/>
     <w:rsid w:val="008113E8"/>
     <w:rsid w:val="0081528F"/>
     <w:rsid w:val="00815AB2"/>
     <w:rsid w:val="00815E0A"/>
     <w:rsid w:val="00820B48"/>
+    <w:rsid w:val="00823823"/>
     <w:rsid w:val="0082797F"/>
     <w:rsid w:val="00830064"/>
     <w:rsid w:val="008327DB"/>
     <w:rsid w:val="0083412E"/>
     <w:rsid w:val="008341F9"/>
     <w:rsid w:val="00834F84"/>
     <w:rsid w:val="0083578E"/>
     <w:rsid w:val="008375D9"/>
     <w:rsid w:val="0084141E"/>
     <w:rsid w:val="008428AF"/>
     <w:rsid w:val="00842DA4"/>
     <w:rsid w:val="00842DFA"/>
     <w:rsid w:val="00843526"/>
     <w:rsid w:val="008446AE"/>
     <w:rsid w:val="00845BD6"/>
     <w:rsid w:val="00845EAA"/>
     <w:rsid w:val="00851D47"/>
     <w:rsid w:val="008520E5"/>
     <w:rsid w:val="008530B1"/>
     <w:rsid w:val="0085440D"/>
     <w:rsid w:val="0085457F"/>
     <w:rsid w:val="0085561E"/>
     <w:rsid w:val="008558C3"/>
     <w:rsid w:val="00856CA2"/>
     <w:rsid w:val="00857441"/>
     <w:rsid w:val="00857C21"/>
     <w:rsid w:val="00861A5C"/>
     <w:rsid w:val="0087274C"/>
     <w:rsid w:val="00873F58"/>
     <w:rsid w:val="00876A43"/>
     <w:rsid w:val="008773E7"/>
     <w:rsid w:val="00882709"/>
     <w:rsid w:val="00883BC9"/>
     <w:rsid w:val="0088665D"/>
     <w:rsid w:val="00886F39"/>
     <w:rsid w:val="008924C1"/>
+    <w:rsid w:val="00892E5C"/>
     <w:rsid w:val="00896916"/>
     <w:rsid w:val="00896975"/>
     <w:rsid w:val="008A416C"/>
     <w:rsid w:val="008A4B9C"/>
     <w:rsid w:val="008A6E2D"/>
     <w:rsid w:val="008A70F0"/>
     <w:rsid w:val="008B0C14"/>
     <w:rsid w:val="008B0D4A"/>
     <w:rsid w:val="008B14B4"/>
     <w:rsid w:val="008B3166"/>
     <w:rsid w:val="008B4B9C"/>
     <w:rsid w:val="008B4DBE"/>
     <w:rsid w:val="008B752B"/>
     <w:rsid w:val="008B77D1"/>
     <w:rsid w:val="008C1146"/>
     <w:rsid w:val="008C1E19"/>
+    <w:rsid w:val="008C264F"/>
     <w:rsid w:val="008C5328"/>
+    <w:rsid w:val="008D1D68"/>
     <w:rsid w:val="008D42BE"/>
     <w:rsid w:val="008D620E"/>
     <w:rsid w:val="008D62AF"/>
     <w:rsid w:val="008E02BF"/>
     <w:rsid w:val="008E09ED"/>
     <w:rsid w:val="008E1E44"/>
     <w:rsid w:val="008E1F61"/>
     <w:rsid w:val="008E2C0D"/>
     <w:rsid w:val="008E2E43"/>
     <w:rsid w:val="008E4993"/>
     <w:rsid w:val="008E6CD1"/>
     <w:rsid w:val="008E7213"/>
     <w:rsid w:val="008F09F3"/>
     <w:rsid w:val="008F2D60"/>
     <w:rsid w:val="008F4370"/>
     <w:rsid w:val="008F7046"/>
     <w:rsid w:val="00901127"/>
     <w:rsid w:val="00901D9B"/>
     <w:rsid w:val="00902C8F"/>
     <w:rsid w:val="00904ACE"/>
     <w:rsid w:val="00905189"/>
     <w:rsid w:val="00905413"/>
     <w:rsid w:val="009054DE"/>
     <w:rsid w:val="009060BB"/>
     <w:rsid w:val="009062A7"/>
@@ -4877,71 +4884,74 @@
     <w:rsid w:val="009943EA"/>
     <w:rsid w:val="0099517E"/>
     <w:rsid w:val="0099748F"/>
     <w:rsid w:val="00997838"/>
     <w:rsid w:val="009A0022"/>
     <w:rsid w:val="009A2D8A"/>
     <w:rsid w:val="009A3A05"/>
     <w:rsid w:val="009A59DD"/>
     <w:rsid w:val="009A7BA9"/>
     <w:rsid w:val="009B0367"/>
     <w:rsid w:val="009B0DF0"/>
     <w:rsid w:val="009B25FF"/>
     <w:rsid w:val="009B3821"/>
     <w:rsid w:val="009B5A49"/>
     <w:rsid w:val="009B77AA"/>
     <w:rsid w:val="009C0A25"/>
     <w:rsid w:val="009C0FD1"/>
     <w:rsid w:val="009C31EC"/>
     <w:rsid w:val="009C4462"/>
     <w:rsid w:val="009C54D0"/>
     <w:rsid w:val="009D03D0"/>
     <w:rsid w:val="009D11E2"/>
     <w:rsid w:val="009D48A4"/>
     <w:rsid w:val="009E1B47"/>
     <w:rsid w:val="009E2842"/>
+    <w:rsid w:val="009E2DE8"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009E49EE"/>
     <w:rsid w:val="009E7A72"/>
     <w:rsid w:val="009F038E"/>
     <w:rsid w:val="009F1412"/>
     <w:rsid w:val="00A02515"/>
     <w:rsid w:val="00A02A0C"/>
     <w:rsid w:val="00A033A9"/>
     <w:rsid w:val="00A041C3"/>
     <w:rsid w:val="00A04806"/>
     <w:rsid w:val="00A067D0"/>
     <w:rsid w:val="00A07502"/>
     <w:rsid w:val="00A15C90"/>
     <w:rsid w:val="00A15F22"/>
     <w:rsid w:val="00A161E1"/>
     <w:rsid w:val="00A16AAD"/>
     <w:rsid w:val="00A179D9"/>
+    <w:rsid w:val="00A21409"/>
     <w:rsid w:val="00A22806"/>
     <w:rsid w:val="00A248D6"/>
     <w:rsid w:val="00A24C61"/>
     <w:rsid w:val="00A31D54"/>
+    <w:rsid w:val="00A3201A"/>
     <w:rsid w:val="00A3202E"/>
     <w:rsid w:val="00A34D4F"/>
     <w:rsid w:val="00A37573"/>
     <w:rsid w:val="00A37CA2"/>
     <w:rsid w:val="00A40077"/>
     <w:rsid w:val="00A4084C"/>
     <w:rsid w:val="00A4099E"/>
     <w:rsid w:val="00A424E2"/>
     <w:rsid w:val="00A42F33"/>
     <w:rsid w:val="00A5040F"/>
     <w:rsid w:val="00A53F2E"/>
     <w:rsid w:val="00A54D4D"/>
     <w:rsid w:val="00A60AB6"/>
     <w:rsid w:val="00A6301A"/>
     <w:rsid w:val="00A66947"/>
     <w:rsid w:val="00A717C9"/>
     <w:rsid w:val="00A72A49"/>
     <w:rsid w:val="00A738C0"/>
     <w:rsid w:val="00A73968"/>
     <w:rsid w:val="00A80177"/>
     <w:rsid w:val="00A80838"/>
     <w:rsid w:val="00A80FE6"/>
     <w:rsid w:val="00A81999"/>
     <w:rsid w:val="00A83DAE"/>
     <w:rsid w:val="00A86D6B"/>
@@ -5006,50 +5016,51 @@
     <w:rsid w:val="00B63CA0"/>
     <w:rsid w:val="00B65B95"/>
     <w:rsid w:val="00B66BEA"/>
     <w:rsid w:val="00B71418"/>
     <w:rsid w:val="00B71DD6"/>
     <w:rsid w:val="00B72208"/>
     <w:rsid w:val="00B737C7"/>
     <w:rsid w:val="00B76112"/>
     <w:rsid w:val="00B776A2"/>
     <w:rsid w:val="00B777C6"/>
     <w:rsid w:val="00B779B1"/>
     <w:rsid w:val="00B80453"/>
     <w:rsid w:val="00B806B3"/>
     <w:rsid w:val="00B8137B"/>
     <w:rsid w:val="00B814AF"/>
     <w:rsid w:val="00B8195A"/>
     <w:rsid w:val="00B81CEA"/>
     <w:rsid w:val="00B82901"/>
     <w:rsid w:val="00B83E3B"/>
     <w:rsid w:val="00B8542F"/>
     <w:rsid w:val="00B879E6"/>
     <w:rsid w:val="00B907F1"/>
     <w:rsid w:val="00B9388C"/>
     <w:rsid w:val="00B94B94"/>
     <w:rsid w:val="00B9648B"/>
+    <w:rsid w:val="00B96845"/>
     <w:rsid w:val="00B975C4"/>
     <w:rsid w:val="00BA115C"/>
     <w:rsid w:val="00BA6A38"/>
     <w:rsid w:val="00BA7340"/>
     <w:rsid w:val="00BB00FC"/>
     <w:rsid w:val="00BB50FB"/>
     <w:rsid w:val="00BB627A"/>
     <w:rsid w:val="00BC01A1"/>
     <w:rsid w:val="00BC1D95"/>
     <w:rsid w:val="00BC1FA0"/>
     <w:rsid w:val="00BC3033"/>
     <w:rsid w:val="00BC3070"/>
     <w:rsid w:val="00BC70BA"/>
     <w:rsid w:val="00BD2D6D"/>
     <w:rsid w:val="00BD35C7"/>
     <w:rsid w:val="00BD5DBA"/>
     <w:rsid w:val="00BD75BE"/>
     <w:rsid w:val="00BD79F8"/>
     <w:rsid w:val="00BE065A"/>
     <w:rsid w:val="00BE16F3"/>
     <w:rsid w:val="00BE29B8"/>
     <w:rsid w:val="00BF348D"/>
     <w:rsid w:val="00BF3DBD"/>
     <w:rsid w:val="00BF46FF"/>
     <w:rsid w:val="00BF50F1"/>
@@ -5107,83 +5118,85 @@
     <w:rsid w:val="00C906EE"/>
     <w:rsid w:val="00C945D7"/>
     <w:rsid w:val="00C975E5"/>
     <w:rsid w:val="00CA0671"/>
     <w:rsid w:val="00CA0B98"/>
     <w:rsid w:val="00CA1B75"/>
     <w:rsid w:val="00CA2E86"/>
     <w:rsid w:val="00CA38EC"/>
     <w:rsid w:val="00CA5497"/>
     <w:rsid w:val="00CA56FE"/>
     <w:rsid w:val="00CA6671"/>
     <w:rsid w:val="00CA70A8"/>
     <w:rsid w:val="00CB30D5"/>
     <w:rsid w:val="00CB3E54"/>
     <w:rsid w:val="00CB77A8"/>
     <w:rsid w:val="00CC0024"/>
     <w:rsid w:val="00CC069A"/>
     <w:rsid w:val="00CC3053"/>
     <w:rsid w:val="00CC643F"/>
     <w:rsid w:val="00CC7721"/>
     <w:rsid w:val="00CD020E"/>
     <w:rsid w:val="00CD1555"/>
     <w:rsid w:val="00CD7C3E"/>
     <w:rsid w:val="00CE102E"/>
     <w:rsid w:val="00CE1B8C"/>
+    <w:rsid w:val="00CF1CFD"/>
     <w:rsid w:val="00CF4635"/>
     <w:rsid w:val="00CF4943"/>
     <w:rsid w:val="00D020EE"/>
     <w:rsid w:val="00D03718"/>
     <w:rsid w:val="00D04790"/>
     <w:rsid w:val="00D06490"/>
     <w:rsid w:val="00D0740E"/>
     <w:rsid w:val="00D10157"/>
     <w:rsid w:val="00D127F1"/>
     <w:rsid w:val="00D128E0"/>
     <w:rsid w:val="00D135C6"/>
     <w:rsid w:val="00D135FB"/>
     <w:rsid w:val="00D150E6"/>
     <w:rsid w:val="00D16161"/>
     <w:rsid w:val="00D179AC"/>
     <w:rsid w:val="00D20A68"/>
     <w:rsid w:val="00D217AB"/>
     <w:rsid w:val="00D22F2C"/>
     <w:rsid w:val="00D231E2"/>
     <w:rsid w:val="00D24E42"/>
     <w:rsid w:val="00D3043F"/>
     <w:rsid w:val="00D33338"/>
     <w:rsid w:val="00D405C1"/>
     <w:rsid w:val="00D47F54"/>
     <w:rsid w:val="00D5065A"/>
     <w:rsid w:val="00D516E4"/>
     <w:rsid w:val="00D51E70"/>
     <w:rsid w:val="00D52310"/>
     <w:rsid w:val="00D52D10"/>
     <w:rsid w:val="00D553C8"/>
     <w:rsid w:val="00D56BFF"/>
     <w:rsid w:val="00D5786A"/>
     <w:rsid w:val="00D61D0D"/>
+    <w:rsid w:val="00D61EC0"/>
     <w:rsid w:val="00D62755"/>
     <w:rsid w:val="00D6315C"/>
     <w:rsid w:val="00D638FD"/>
     <w:rsid w:val="00D64008"/>
     <w:rsid w:val="00D65CE6"/>
     <w:rsid w:val="00D66034"/>
     <w:rsid w:val="00D71DD3"/>
     <w:rsid w:val="00D77CCF"/>
     <w:rsid w:val="00D8107B"/>
     <w:rsid w:val="00D839E3"/>
     <w:rsid w:val="00D8412B"/>
     <w:rsid w:val="00D84AB7"/>
     <w:rsid w:val="00D9168D"/>
     <w:rsid w:val="00D962B6"/>
     <w:rsid w:val="00D9664E"/>
     <w:rsid w:val="00DA15EA"/>
     <w:rsid w:val="00DA2F39"/>
     <w:rsid w:val="00DA49EB"/>
     <w:rsid w:val="00DB2211"/>
     <w:rsid w:val="00DB6104"/>
     <w:rsid w:val="00DB630A"/>
     <w:rsid w:val="00DC076B"/>
     <w:rsid w:val="00DC1ED3"/>
     <w:rsid w:val="00DC2268"/>
     <w:rsid w:val="00DC2435"/>
@@ -5297,103 +5310,107 @@
     <w:rsid w:val="00EC5816"/>
     <w:rsid w:val="00EC60DA"/>
     <w:rsid w:val="00EC7A3A"/>
     <w:rsid w:val="00ED1C9F"/>
     <w:rsid w:val="00ED229C"/>
     <w:rsid w:val="00ED2EE6"/>
     <w:rsid w:val="00ED2F5C"/>
     <w:rsid w:val="00ED4BC2"/>
     <w:rsid w:val="00EE238B"/>
     <w:rsid w:val="00EE28C6"/>
     <w:rsid w:val="00EE3CA4"/>
     <w:rsid w:val="00EE3F15"/>
     <w:rsid w:val="00EE58D9"/>
     <w:rsid w:val="00EE746B"/>
     <w:rsid w:val="00EE7B90"/>
     <w:rsid w:val="00EF1505"/>
     <w:rsid w:val="00EF155D"/>
     <w:rsid w:val="00EF29A8"/>
     <w:rsid w:val="00EF6372"/>
     <w:rsid w:val="00EF755F"/>
     <w:rsid w:val="00EF7A81"/>
     <w:rsid w:val="00F00D38"/>
     <w:rsid w:val="00F03210"/>
     <w:rsid w:val="00F03B31"/>
     <w:rsid w:val="00F03CD4"/>
+    <w:rsid w:val="00F05284"/>
     <w:rsid w:val="00F055B6"/>
     <w:rsid w:val="00F0622B"/>
     <w:rsid w:val="00F064FD"/>
     <w:rsid w:val="00F073EC"/>
     <w:rsid w:val="00F075F7"/>
     <w:rsid w:val="00F079A3"/>
     <w:rsid w:val="00F132A2"/>
     <w:rsid w:val="00F135FC"/>
     <w:rsid w:val="00F15533"/>
     <w:rsid w:val="00F17998"/>
     <w:rsid w:val="00F2147C"/>
     <w:rsid w:val="00F226D5"/>
     <w:rsid w:val="00F241F0"/>
     <w:rsid w:val="00F2703C"/>
     <w:rsid w:val="00F31082"/>
     <w:rsid w:val="00F324F6"/>
     <w:rsid w:val="00F3675A"/>
     <w:rsid w:val="00F3761C"/>
     <w:rsid w:val="00F417CB"/>
     <w:rsid w:val="00F41A27"/>
     <w:rsid w:val="00F422F6"/>
     <w:rsid w:val="00F4475A"/>
     <w:rsid w:val="00F45B05"/>
     <w:rsid w:val="00F4791C"/>
     <w:rsid w:val="00F546DB"/>
     <w:rsid w:val="00F54B33"/>
     <w:rsid w:val="00F55255"/>
     <w:rsid w:val="00F56A42"/>
     <w:rsid w:val="00F56A6C"/>
     <w:rsid w:val="00F57FB9"/>
     <w:rsid w:val="00F61F46"/>
     <w:rsid w:val="00F62297"/>
     <w:rsid w:val="00F63958"/>
     <w:rsid w:val="00F65833"/>
     <w:rsid w:val="00F66D9B"/>
     <w:rsid w:val="00F66EB3"/>
     <w:rsid w:val="00F71469"/>
+    <w:rsid w:val="00F72D70"/>
     <w:rsid w:val="00F74A1F"/>
     <w:rsid w:val="00F75BE8"/>
     <w:rsid w:val="00F766A1"/>
     <w:rsid w:val="00F76E33"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F7737C"/>
     <w:rsid w:val="00F7755A"/>
     <w:rsid w:val="00F814DD"/>
+    <w:rsid w:val="00F81C27"/>
     <w:rsid w:val="00F8254A"/>
     <w:rsid w:val="00F8779E"/>
     <w:rsid w:val="00F914FB"/>
     <w:rsid w:val="00F91EA6"/>
     <w:rsid w:val="00F93773"/>
     <w:rsid w:val="00F963E4"/>
     <w:rsid w:val="00F97212"/>
     <w:rsid w:val="00FA0A88"/>
+    <w:rsid w:val="00FA1051"/>
     <w:rsid w:val="00FA1566"/>
     <w:rsid w:val="00FA3129"/>
     <w:rsid w:val="00FA4FBC"/>
     <w:rsid w:val="00FA540F"/>
     <w:rsid w:val="00FA6595"/>
     <w:rsid w:val="00FB0E30"/>
     <w:rsid w:val="00FB0F3D"/>
     <w:rsid w:val="00FB30FD"/>
     <w:rsid w:val="00FB3526"/>
     <w:rsid w:val="00FB48FD"/>
     <w:rsid w:val="00FC018B"/>
     <w:rsid w:val="00FC0226"/>
     <w:rsid w:val="00FC0F11"/>
     <w:rsid w:val="00FC37CB"/>
     <w:rsid w:val="00FC769B"/>
     <w:rsid w:val="00FC7BFF"/>
     <w:rsid w:val="00FD4878"/>
     <w:rsid w:val="00FD7A38"/>
     <w:rsid w:val="00FE04C0"/>
     <w:rsid w:val="00FE22CB"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7329"/>
     <w:rsid w:val="00FF22F4"/>
     <w:rsid w:val="00FF319C"/>
     <w:rsid w:val="00FF3F51"/>
@@ -6957,233 +6974,160 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Orginal">
     <w:name w:val="Orginal"/>
     <w:basedOn w:val="Formatvorlage5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="0057663F"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b w:val="0"/>
       <w:color w:val="77C5D8" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NKI">
     <w:name w:val="NKI"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00F7737C"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:color w:val="ADCA2A" w:themeColor="accent2"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NKIblau">
+    <w:name w:val="NKI blau"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="006A7F3D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:color w:val="2C8398"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PINKN">
+    <w:name w:val="PINK N"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="008C264F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bachelor.nki@hslu.ch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elearning.hslu.ch/ilias/goto.php?target=file_6544942_download&amp;client_id=hslu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sharnold\AppData\Local\Temp\Docunize\00%20Vorlage%20A4%20hoch%202.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D87E430-E584-4946-916B-7FC1CE4C9345}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00B852C4" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00B852C4" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="50D76FFA3B78416A9B8394D2CE3EA7862"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
-[...95 lines deleted...]
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F0A0B33E-133D-437D-970D-12A5599700DE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00287BFE" w:rsidP="00287BFE">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
-            <w:pStyle w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
+            <w:pStyle w:val="2DB01685EC3F44578E05494F4E3D5E772"/>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rStyle w:val="Platzhaltertext"/>
+              <w:rStyle w:val="PINKN"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
             </w:rPr>
-            <w:t>Datum auswählen</w:t>
+            <w:t>Startdatum</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6CF8CEEAC7EB428AA5BBA99B0B6856B2"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8EF5372-D447-476C-A156-0EDD7E89AF75}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00287BFE" w:rsidRDefault="00287BFE" w:rsidP="00287BFE">
           <w:pPr>
             <w:pStyle w:val="6CF8CEEAC7EB428AA5BBA99B0B6856B2"/>
           </w:pPr>
           <w:r w:rsidRPr="00355682">
@@ -7195,390 +7139,473 @@
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t xml:space="preserve"> auswählen</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{98C4198D-2FC4-437D-87DE-DFCB83B51BCE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="CA881C29B4CC46E9986DBA5098ADA9FE2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="088729DAA6AE48168D3732A18E85B718"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BD3312B-71D7-4846-9E82-5240E03BA4EA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="088729DAA6AE48168D3732A18E85B7182"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EADBFFB1344142859164DF273A19A4E2"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2698D011-E333-44AC-8987-F47B08DD8DD2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="EADBFFB1344142859164DF273A19A4E22"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2C94AEBA-57CB-45AA-AAE4-5F264CFC4D45}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="AB6ABA000D254819A67658D36FB1C1CF2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00F7737C">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="530B5093F4534319803BF4B34F4FBE1E"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{89FC73C6-8430-4C9F-A1F7-5D461066D98B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="530B5093F4534319803BF4B34F4FBE1E2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AACD94D7235744908C49C1A5FD13712D"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8130A129-867E-4F15-9DEF-5D7345689988}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="AACD94D7235744908C49C1A5FD13712D2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA217"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F3560F0C-7D0B-4795-BA84-8E3F31DA8A3D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="B2DE9307DF0041028BA0DE4CB5AFA2172"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1080551D-FF27-4AF7-BBD9-D1F31B176D62}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="6383083A49114B079E4DD16F7C3AF3CD2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{861FAC79-BD90-43E7-836D-1338881C0A6E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="26BCD768816A4CE089B1A990F21BD2CF2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
+              <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="30E06EF420564F0B9EDF1251C5647A19"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{834493B7-A993-4DA3-9778-480BAD503C35}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="30E06EF420564F0B9EDF1251C5647A192"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
+              <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75EC54F2-38F1-45E4-951E-59133F6D1C59}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="CDF106A66C1146BCA0C2E77351DA111D2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="00414243">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
+              <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="73118F48C35A4F1690C6EF34A147A99B"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BFD3599D-E03F-4B39-B784-1A04F071B334}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00287BFE" w:rsidRDefault="00162530" w:rsidP="00162530">
+        <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="73118F48C35A4F1690C6EF34A147A99B2"/>
           </w:pPr>
-          <w:r w:rsidRPr="00447D68">
+          <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
-              <w:color w:val="E97132" w:themeColor="accent2"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{44FAB7F2-8104-4B78-9D63-AFD12BD47D22}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A64C05" w:rsidRDefault="00915B66" w:rsidP="00915B66">
+          <w:pPr>
+            <w:pStyle w:val="9513CD460C8D440B9E4146FAC436E1FC2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00A21409">
+            <w:rPr>
+              <w:rStyle w:val="Orginal"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F178"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD637161-E886-465C-B279-A3815B96BEF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00870D44" w:rsidRDefault="00915B66" w:rsidP="00915B66">
+          <w:pPr>
+            <w:pStyle w:val="2A7B59FE799C420A8CD5D81C4E54F1782"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00266347">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="011734FE4C1D4E6099316EE3FD082A92"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7F70E5F-2F27-4EC8-AFD5-573E4BDE948A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00915B66" w:rsidRDefault="00915B66" w:rsidP="00915B66">
+          <w:pPr>
+            <w:pStyle w:val="011734FE4C1D4E6099316EE3FD082A922"/>
+          </w:pPr>
+          <w:r w:rsidRPr="008D1D68">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+              <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
+              <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
+            </w:rPr>
+            <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7755,50 +7782,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AD7670D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3326A2BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="554F7186"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF68497C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -7871,89 +8011,97 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="115099594">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1294947529">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1722434406">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B19C3"/>
     <w:rsid w:val="00154260"/>
     <w:rsid w:val="00162530"/>
     <w:rsid w:val="00287BFE"/>
     <w:rsid w:val="00597B04"/>
     <w:rsid w:val="007B19C3"/>
+    <w:rsid w:val="00870D44"/>
     <w:rsid w:val="008711A1"/>
     <w:rsid w:val="00875E4B"/>
+    <w:rsid w:val="00892E5C"/>
+    <w:rsid w:val="00915B66"/>
+    <w:rsid w:val="00A64C05"/>
     <w:rsid w:val="00B10CD1"/>
     <w:rsid w:val="00B852C4"/>
     <w:rsid w:val="00BD2D6D"/>
     <w:rsid w:val="00CD4ADE"/>
     <w:rsid w:val="00D135C6"/>
     <w:rsid w:val="00D5065A"/>
     <w:rsid w:val="00D52D10"/>
     <w:rsid w:val="00D84AB7"/>
     <w:rsid w:val="00F324F6"/>
+    <w:rsid w:val="00F81C27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8366,375 +8514,1298 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00162530"/>
+    <w:rsid w:val="00915B66"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E77">
-    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F178">
+    <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F178"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CF8CEEAC7EB428AA5BBA99B0B6856B2">
+    <w:name w:val="6CF8CEEAC7EB428AA5BBA99B0B6856B2"/>
     <w:rsid w:val="00287BFE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CF8CEEAC7EB428AA5BBA99B0B6856B2">
-[...1 lines deleted...]
-    <w:rsid w:val="00287BFE"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Orginal">
+    <w:name w:val="Orginal"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00915B66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:b w:val="0"/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="011734FE4C1D4E6099316EE3FD082A92">
+    <w:name w:val="011734FE4C1D4E6099316EE3FD082A92"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC">
+    <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E77">
+    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E77"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE">
+    <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B718">
+    <w:name w:val="088729DAA6AE48168D3732A18E85B718"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E2">
+    <w:name w:val="EADBFFB1344142859164DF273A19A4E2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF">
+    <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E">
+    <w:name w:val="530B5093F4534319803BF4B34F4FBE1E"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA786">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D">
+    <w:name w:val="AACD94D7235744908C49C1A5FD13712D"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA217">
+    <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA217"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD">
+    <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF">
+    <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A19">
+    <w:name w:val="30E06EF420564F0B9EDF1251C5647A19"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D">
+    <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B">
+    <w:name w:val="73118F48C35A4F1690C6EF34A147A99B"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F1781">
+    <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F1781"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="011734FE4C1D4E6099316EE3FD082A921">
+    <w:name w:val="011734FE4C1D4E6099316EE3FD082A921"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC1">
+    <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E771">
+    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E771"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE1">
+    <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7181">
+    <w:name w:val="088729DAA6AE48168D3732A18E85B7181"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E21">
+    <w:name w:val="EADBFFB1344142859164DF273A19A4E21"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF1">
+    <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E1">
+    <w:name w:val="530B5093F4534319803BF4B34F4FBE1E1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7861">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA7861"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D1">
+    <w:name w:val="AACD94D7235744908C49C1A5FD13712D1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2171">
+    <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA2171"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD1">
+    <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF1">
+    <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A191">
+    <w:name w:val="30E06EF420564F0B9EDF1251C5647A191"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D1">
+    <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B1">
+    <w:name w:val="73118F48C35A4F1690C6EF34A147A99B1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F1782">
+    <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F1782"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="011734FE4C1D4E6099316EE3FD082A922">
+    <w:name w:val="011734FE4C1D4E6099316EE3FD082A922"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC2">
+    <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E772">
+    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E772"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="10"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="360"/>
+        <w:tab w:val="num" w:pos="0"/>
+        <w:tab w:val="left" w:pos="567"/>
+      </w:tabs>
+      <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:iCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE2">
+    <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7182">
+    <w:name w:val="088729DAA6AE48168D3732A18E85B7182"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E22">
+    <w:name w:val="EADBFFB1344142859164DF273A19A4E22"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF2">
+    <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E2">
+    <w:name w:val="530B5093F4534319803BF4B34F4FBE1E2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7862">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA7862"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D2">
+    <w:name w:val="AACD94D7235744908C49C1A5FD13712D2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2172">
+    <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA2172"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD2">
+    <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF2">
+    <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A192">
+    <w:name w:val="30E06EF420564F0B9EDF1251C5647A192"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D2">
+    <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B2">
+    <w:name w:val="73118F48C35A4F1690C6EF34A147A99B2"/>
+    <w:rsid w:val="00915B66"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PINKN">
+    <w:name w:val="PINK N"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00915B66"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F1784">
+    <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F1784"/>
+    <w:rsid w:val="00870D44"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
+      <w:b/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B42171DB77A4E6F90E90F0DB86D1CF97">
+    <w:name w:val="8B42171DB77A4E6F90E90F0DB86D1CF97"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Orginal">
-[...30 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC7">
+    <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC7"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D7043C939FE4138854DEAA145F315AF2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E774">
+    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E774"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE8">
+    <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7182">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7188">
+    <w:name w:val="088729DAA6AE48168D3732A18E85B7188"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E22">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E28">
+    <w:name w:val="EADBFFB1344142859164DF273A19A4E28"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF8">
+    <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E8">
+    <w:name w:val="530B5093F4534319803BF4B34F4FBE1E8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7862">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7868">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA7868"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D8">
+    <w:name w:val="AACD94D7235744908C49C1A5FD13712D8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2172">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2178">
+    <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA2178"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD8">
+    <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF8">
+    <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A192">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A198">
+    <w:name w:val="30E06EF420564F0B9EDF1251C5647A198"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D8">
+    <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B2">
-[...1 lines deleted...]
-    <w:rsid w:val="00162530"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B8">
+    <w:name w:val="73118F48C35A4F1690C6EF34A147A99B8"/>
+    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
@@ -9032,69 +10103,54 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...6 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="6e0f749f18dc5766457212d41e7d50d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b3641a26b885d940ae013fd526dd6fc" ns2:_="" ns3:_="">
     <xsd:import namespace="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <xsd:import namespace="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -9299,147 +10355,162 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="83f370fc-2ab7-41b7-87f7-d7459a3f2056">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407363A0-188C-46FB-ACE9-4648702DEB59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
-[...14 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBDA49F2-D6A2-4558-8203-7DFBE8DEF5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407363A0-188C-46FB-ACE9-4648702DEB59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
+    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>00 Vorlage A4 hoch 2.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>429</Words>
-  <Characters>3075</Characters>
+  <Words>480</Words>
+  <Characters>3025</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3498</CharactersWithSpaces>
+  <CharactersWithSpaces>3499</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4390955</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:julia.arnold@hslu.ch</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1179761</vt:i4>
       </vt:variant>