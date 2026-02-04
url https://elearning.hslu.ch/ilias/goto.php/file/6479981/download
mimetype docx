--- v1 (2025-12-16)
+++ v2 (2026-02-04)
@@ -71,112 +71,175 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="MacroStartPosition"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Anmeldung für das Praktikum </w:t>
       </w:r>
       <w:r w:rsidR="00447D68">
         <w:t>NKI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF64A0F" w14:textId="77777777" w:rsidR="00724F9F" w:rsidRDefault="00724F9F" w:rsidP="00724F9F">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BCCA86E" w14:textId="77777777" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B4C815E" w14:textId="441FF419" w:rsidR="00724F9F" w:rsidRPr="00F72D70" w:rsidRDefault="00724F9F" w:rsidP="00A16AAD">
+    <w:p w14:paraId="4B4C815E" w14:textId="441FF419" w:rsidR="00724F9F" w:rsidRDefault="00724F9F" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:rPr>
-          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:rStyle w:val="PINKN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Student:in</w:t>
       </w:r>
       <w:r w:rsidR="005B440C">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002E0930" w:rsidRPr="00823823">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A4AD5" w:rsidRPr="00823823">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005A4AD5" w:rsidRPr="00F72D70">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Vorname und Name"/>
           <w:tag w:val="Vorname und Name"/>
           <w:id w:val="-2087834804"/>
           <w:placeholder>
             <w:docPart w:val="2A7B59FE799C420A8CD5D81C4E54F178"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:b w:val="0"/>
             <w:bCs/>
+            <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00266347" w:rsidRPr="00266347">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w14:paraId="4E466536" w14:textId="05DEAF06" w:rsidR="0096561C" w:rsidRPr="00545B6E" w:rsidRDefault="0096561C" w:rsidP="0096561C">
+      <w:pPr>
+        <w:pStyle w:val="Subject"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Klasse (Bsp. NKI 23-2)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00545B6E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="PINKN"/>
+            <w:b w:val="0"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:alias w:val="Bsp.: NKI 23-2"/>
+          <w:tag w:val="Vorname und Name"/>
+          <w:id w:val="-284120239"/>
+          <w:placeholder>
+            <w:docPart w:val="B69A21110E264D869397334C11A651A2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w15:color w:val="FF99CC"/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:color w:val="auto"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003D1606" w:rsidRPr="003D1606">
             <w:rPr>
               <w:rStyle w:val="PINKN"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17A80DCF" w14:textId="77777777" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA66904" w14:textId="2B0F0D2E" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r w:rsidRPr="005B440C">
         <w:t xml:space="preserve">Angaben zum Praktikum </w:t>
       </w:r>
     </w:p>
@@ -226,51 +289,51 @@
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINKN"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Bitte wählen Sie die Praktikumsgrösse aus"/>
           <w:tag w:val="Bitte wählen Sie die Praktikumsgrösse aus"/>
           <w:id w:val="-396978844"/>
           <w:placeholder>
             <w:docPart w:val="011734FE4C1D4E6099316EE3FD082A92"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie ein Element aus."/>
             <w:listItem w:displayText="27 ECTS = 810 Stunden" w:value="27 ECTS = 810 Stunden"/>
             <w:listItem w:displayText="36 ECTS = 1080 Stunden" w:value="36 ECTS = 1080 Stunden"/>
             <w:listItem w:displayText="45 ECTS = 1350 Stunden" w:value="45 ECTS = 1350 Stunden"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="008D1D68" w:rsidRPr="008D1D68">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="31686F54" w14:textId="042AC5CA" w:rsidR="00F7737C" w:rsidRPr="00A21409" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:rStyle w:val="NKI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
@@ -288,50 +351,51 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINKN"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Pensum zwischen 40% bis 80% möglich"/>
           <w:tag w:val="Pensum zwischen 40% bis 80% möglich"/>
           <w:id w:val="-122929156"/>
           <w:placeholder>
             <w:docPart w:val="9513CD460C8D440B9E4146FAC436E1FC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00D61EC0" w:rsidRPr="00A21409">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="68F3E003" w14:textId="02C567C6" w:rsidR="00F7737C" w:rsidRPr="00F7737C" w:rsidRDefault="00F7737C" w:rsidP="00F7737C">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zeitraum: </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -1018,51 +1082,50 @@
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0C0A8AA2" w14:textId="3A54DDF5" w:rsidR="00AF5B56" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="PINKN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Telefon:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Hauptnummer des Standorts"/>
           <w:tag w:val="Hauptnummer des Standorts"/>
           <w:id w:val="192507505"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
@@ -1073,96 +1136,96 @@
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00414243" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7F923F3C" w14:textId="77777777" w:rsidR="007248C3" w:rsidRPr="008C264F" w:rsidRDefault="007248C3" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0517940D" w14:textId="5D2FE503" w:rsidR="00DC076B" w:rsidRPr="008C264F" w:rsidRDefault="00414243" w:rsidP="003B6845">
+    <w:p w14:paraId="0517940D" w14:textId="5D2FE503" w:rsidR="00DC076B" w:rsidRPr="008C264F" w:rsidRDefault="003D1606" w:rsidP="003B6845">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="800736734"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="003B6845" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DC076B" w:rsidRPr="008C264F">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> anerkannt von der Hochschule Luzern – Soziale Arbeit (figuriert auf dem Praktikumsstellenmarkt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C62E954" w14:textId="6C9E8048" w:rsidR="003B6845" w:rsidRDefault="00414243" w:rsidP="00652B2B">
+    <w:p w14:paraId="4C62E954" w14:textId="6C9E8048" w:rsidR="003B6845" w:rsidRDefault="003D1606" w:rsidP="00652B2B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="989290268"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
@@ -1405,206 +1468,143 @@
           <w:id w:val="549959617"/>
           <w:placeholder>
             <w:docPart w:val="6383083A49114B079E4DD16F7C3AF3CD"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="4E415D5A" w14:textId="79C67029" w:rsidR="005734F3" w:rsidRPr="008C264F" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
+    <w:p w14:paraId="4E415D5A" w14:textId="4B861D97" w:rsidR="005734F3" w:rsidRPr="008C264F" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Ausbildung als:</w:t>
+        <w:t>Ausbildung als</w:t>
+      </w:r>
+      <w:r w:rsidR="00441372">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Diplomjahr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:snapToGrid w:val="0"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="003E16C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINKN"/>
           </w:rPr>
           <w:alias w:val="Abschluss"/>
           <w:tag w:val="Abschluss"/>
           <w:id w:val="545026658"/>
           <w:placeholder>
             <w:docPart w:val="26BCD768816A4CE089B1A990F21BD2CF"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:snapToGrid w:val="0"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00896916" w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="3F11C0BE" w14:textId="02F42C20" w:rsidR="005734F3" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
-[...82 lines deleted...]
-    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="008C264F" w:rsidRDefault="00414243" w:rsidP="003E16C9">
+    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="008C264F" w:rsidRDefault="003D1606" w:rsidP="003E16C9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="337431721"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
@@ -1703,135 +1703,254 @@
     <w:p w14:paraId="1AB219EC" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="00E944EB"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="PINKN"/>
         </w:rPr>
         <w:alias w:val="Bitte korrekte Aussage auswählen"/>
         <w:tag w:val="Bitte korrekte Aussage auswählen"/>
         <w:id w:val="-644733472"/>
         <w:placeholder>
           <w:docPart w:val="CDF106A66C1146BCA0C2E77351DA111D"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:color w:val="FF99CC"/>
         <w:comboBox>
           <w:listItem w:value="Wählen Sie ein Element aus."/>
           <w:listItem w:displayText="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht" w:value="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht"/>
           <w:listItem w:displayText="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF" w:value="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF"/>
           <w:listItem w:displayText="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)" w:value="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)"/>
           <w:listItem w:displayText="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu." w:value="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu."/>
         </w:comboBox>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+          <w:color w:val="77C5D8" w:themeColor="accent1"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="36AF3F0D" w14:textId="2B6A15FD" w:rsidR="00E944EB" w:rsidRPr="00414243" w:rsidRDefault="001F31B4" w:rsidP="00E944EB">
+        <w:p w14:paraId="36AF3F0D" w14:textId="626D9254" w:rsidR="00E944EB" w:rsidRPr="00414243" w:rsidRDefault="00441372" w:rsidP="00E944EB">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00414243">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="29E21B15" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="001A5189">
+    <w:p w14:paraId="29E21B15" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="00441372"/>
+    <w:p w14:paraId="306BAB86" w14:textId="77777777" w:rsidR="00441372" w:rsidRPr="00910F28" w:rsidRDefault="003D1606" w:rsidP="00441372">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
+          </w:rPr>
+          <w:id w:val="1736502517"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:color w:val="auto"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00441372">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00441372">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00441372" w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich bin damit einverstanden, dass mich die Hochschule Luzern – Soziale Arbeit per E-Mail </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00441372" w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>über</w:t>
+      </w:r>
+      <w:r w:rsidR="00441372">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00441372" w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>laufende</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00441372" w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und zukünftige Anlässe sowie Projekte informiert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E04F20" w14:textId="77777777" w:rsidR="00441372" w:rsidRDefault="00441372" w:rsidP="001A5189">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22D53E38" w14:textId="420BDE95" w:rsidR="001A5189" w:rsidRDefault="006261BB" w:rsidP="006261BB">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
         <w:t>Modulreglement und Unterschrift</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71FA040C" w14:textId="77777777" w:rsidR="006261BB" w:rsidRDefault="006261BB" w:rsidP="006261BB"/>
     <w:p w14:paraId="456B1CB3" w14:textId="19DFBC9A" w:rsidR="006261BB" w:rsidRPr="00447D68" w:rsidRDefault="00447D68" w:rsidP="006261BB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00447D68">
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00447D68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Wegleitung zur Praxisausbildung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00447D68">
         <w:t xml:space="preserve"> im Studiengang BSc SA NKI regelt die Rahmenbedingungen der Praxisausbildung im Studiengang. </w:t>
       </w:r>
       <w:r w:rsidRPr="00447D68">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Mit ihrer Unterschrift bestätigen die vorgesetzte Person, der:die Praxisausbildner:in und die:der Student:in, die Wegleitung zu kennen und anerkennen die Geltung der entsprechenden Bestimmungen.</w:t>
+        <w:t xml:space="preserve">Mit ihrer Unterschrift bestätigen die vorgesetzte Person, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00447D68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>der:die</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00447D68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Praxisausbildner:in und </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00447D68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>die:der</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00447D68">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student:in, die Wegleitung zu kennen und anerkennen die Geltung der entsprechenden Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661E077E" w14:textId="77777777" w:rsidR="00447D68" w:rsidRPr="007D35AC" w:rsidRDefault="00447D68" w:rsidP="006261BB"/>
     <w:p w14:paraId="215BA5F5" w14:textId="29C3CABD" w:rsidR="001A5189" w:rsidRDefault="006261BB" w:rsidP="006261BB">
       <w:r w:rsidRPr="007D35AC">
-        <w:t>Bei Streitigkeiten, die das Ausbildungsverhältnis mit der Hochschule Luzern – Soziale Arbeit betreffen, sind die Gerichte am Sitz der Hochschule Luzern – Soziale Arbeit ausschliesslich zuständig. Es ist in jedem Fall schweizerisches Recht anwendbar. Bei Streitigkeiten aus dem Arbeitsverhältnis richtet sich die Zuständigkeit der Gerichte nach der Art des Arbeitsverhältnisses (öffentliches oder privates) zwischen Praxisorganisation und der</w:t>
+        <w:t xml:space="preserve">Bei Streitigkeiten, die das Ausbildungsverhältnis mit der Hochschule Luzern – Soziale Arbeit betreffen, sind die Gerichte am Sitz der Hochschule Luzern – Soziale Arbeit ausschliesslich zuständig. Es ist in jedem Fall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D35AC">
+        <w:t>schweizerisches Recht</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D35AC">
+        <w:t xml:space="preserve"> anwendbar. Bei Streitigkeiten aus dem Arbeitsverhältnis richtet sich die Zuständigkeit der Gerichte nach der Art des Arbeitsverhältnisses (öffentliches oder privates) zwischen Praxisorganisation und der</w:t>
       </w:r>
       <w:r>
         <w:t>:dem</w:t>
       </w:r>
       <w:r w:rsidRPr="007D35AC">
-        <w:t xml:space="preserve"> Student</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D35AC">
+        <w:t>Student</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="007D35AC">
         <w:t>in.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="34ECBA58" w14:textId="77777777" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="006261BB"/>
     <w:p w14:paraId="67B48210" w14:textId="75806031" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="00B72208">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Unterschriften</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC24BD8" w14:textId="77777777" w:rsidR="00B72208" w:rsidRDefault="00B72208" w:rsidP="00B72208"/>
     <w:p w14:paraId="626FAF59" w14:textId="1451D0E4" w:rsidR="00B72208" w:rsidRPr="008C264F" w:rsidRDefault="00B72208" w:rsidP="007D77E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2130,51 +2249,50 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="05FDB7C0" w14:textId="32A194B8" w:rsidR="007D77E7" w:rsidRDefault="007D77E7" w:rsidP="007D77E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Hochschule Luzern – Soziale Arbeit: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -2197,53 +2315,80 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A2EA0D" w14:textId="421B0066" w:rsidR="00CA6671" w:rsidRDefault="00CA6671" w:rsidP="00CA6671">
-[...1 lines deleted...]
-        <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1FBB77F0" w14:textId="77777777" w:rsidR="00441372" w:rsidRDefault="00441372" w:rsidP="00441372">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Wichtiger Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F4FDA3" w14:textId="77777777" w:rsidR="00441372" w:rsidRDefault="00441372" w:rsidP="00441372">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E22887">
+        <w:t>Es wird empfohlen, mit der Arbeitgeberseite zu klären, ob ein einfacher Strafregisterauszug oder ein Sonderprivatauszug eingereicht werden muss.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B3530B" w14:textId="77777777" w:rsidR="00441372" w:rsidRDefault="00441372" w:rsidP="00441372">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05C3E27C" w14:textId="4990D07F" w:rsidR="005776A4" w:rsidRDefault="00CA6671" w:rsidP="00441372">
+      <w:pPr>
+        <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Anmeldung ist nach erfolgter Zusage einer Praktikumsstelle vollständig ausgefüllt und unterschrieben per </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Mail an</w:t>
       </w:r>
       <w:r w:rsidR="00447D68">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
@@ -2270,153 +2415,185 @@
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00447D68" w:rsidRPr="00B460F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>bachelor.nki@hslu.ch</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>zuzustellen. Nach Unterzeichnung durch die Hochschule Luzern – Soziale Arbeit erhalten die</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">zuzustellen. Nach Unterzeichnung durch die Hochschule Luzern – Soziale Arbeit erhalten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>die</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>der Student</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>:</w:t>
-      </w:r>
+        <w:t>der</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>in sowie die</w:t>
+        <w:t xml:space="preserve"> Student</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>der Praxisausbildner</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">in sowie </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004806F4">
+        <w:t>die</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004806F4">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004806F4">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Praxisausbildner</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004806F4">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t>in eine Kopie derselben als Bestätigung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05C3E27C" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="004806F4" w:rsidRDefault="005776A4" w:rsidP="00CA6671">
+    <w:p w14:paraId="471E1B88" w14:textId="77777777" w:rsidR="00441372" w:rsidRPr="004806F4" w:rsidRDefault="00441372" w:rsidP="00CA6671">
       <w:pPr>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0242E5AC" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidRDefault="005776A4" w:rsidP="008C264F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="2" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="EC5A7A" w:themeFill="accent3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk64993846"/>
       <w:r w:rsidRPr="007D35AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Die von allen Beteiligten unterschriebene Anmeldung gilt als Ausbildungsvereinbarung.</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Enclosures"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:sectPr w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidSect="00ED2F5C">
+    <w:sectPr w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidSect="00441372">
       <w:headerReference w:type="even" r:id="rId17"/>
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:footerReference w:type="even" r:id="rId19"/>
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:headerReference w:type="first" r:id="rId21"/>
       <w:footerReference w:type="first" r:id="rId22"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1276" w:right="737" w:bottom="1701" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="737" w:bottom="426" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3BE9458C" w14:textId="77777777" w:rsidR="00D9664E" w:rsidRPr="00C6782B" w:rsidRDefault="00D9664E">
       <w:r w:rsidRPr="00C6782B">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3A8E9ADB" w14:textId="77777777" w:rsidR="00D9664E" w:rsidRPr="00C6782B" w:rsidRDefault="00D9664E">
       <w:r w:rsidRPr="00C6782B">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
@@ -2627,51 +2804,51 @@
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="7456"/>
       </w:tabs>
       <w:ind w:right="56"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58804937" wp14:editId="4C85B82B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="1735200" cy="792000"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
-          <wp:docPr id="1178596882" name="Grafik 2"/>
+          <wp:docPr id="1544960292" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Grafik 2"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -3949,56 +4126,56 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1834493231">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="799690692">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="88741844">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1274557114">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="139619751">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="558516297">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="101"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LyMWdf72+SnjuSyLsoyt35n/CCjG9GD0weSdsX/5JGYoc6WYHAbIu99NGfponOOGbhPriR8bjroY6F7AEQqCmw==" w:salt="9ulmqRYbzyjvSEKCRdXkmQ=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="zOkmZ7ef4PlyQpVCNpBGeieb+2RQLM1yoIGJAQnLbQbTDKzpHop3JX3TOoPQ6m1DLC8YMj2xScQe4p54PRLPJA==" w:salt="aesh3+ImnvPBx+0fHAAJfw=="/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
@@ -4328,132 +4505,135 @@
     <w:rsid w:val="00307B70"/>
     <w:rsid w:val="00310369"/>
     <w:rsid w:val="00310505"/>
     <w:rsid w:val="00310743"/>
     <w:rsid w:val="003121D7"/>
     <w:rsid w:val="003126CF"/>
     <w:rsid w:val="00313524"/>
     <w:rsid w:val="00313BB2"/>
     <w:rsid w:val="00321CB7"/>
     <w:rsid w:val="003223FF"/>
     <w:rsid w:val="00322C35"/>
     <w:rsid w:val="00322D36"/>
     <w:rsid w:val="0032754B"/>
     <w:rsid w:val="00327A1E"/>
     <w:rsid w:val="003311C3"/>
     <w:rsid w:val="00331932"/>
     <w:rsid w:val="00332715"/>
     <w:rsid w:val="0033307B"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="003342EB"/>
     <w:rsid w:val="00335B07"/>
     <w:rsid w:val="0033758F"/>
     <w:rsid w:val="00342F91"/>
     <w:rsid w:val="003431D1"/>
     <w:rsid w:val="00347944"/>
+    <w:rsid w:val="00351D88"/>
     <w:rsid w:val="003523B3"/>
     <w:rsid w:val="00352967"/>
     <w:rsid w:val="00357B7E"/>
     <w:rsid w:val="00362601"/>
     <w:rsid w:val="00363564"/>
     <w:rsid w:val="003638E1"/>
     <w:rsid w:val="00364BD8"/>
     <w:rsid w:val="0036763C"/>
     <w:rsid w:val="0037080A"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="00370A74"/>
     <w:rsid w:val="003724D0"/>
     <w:rsid w:val="003739DE"/>
     <w:rsid w:val="0037451F"/>
     <w:rsid w:val="00375713"/>
     <w:rsid w:val="00375817"/>
     <w:rsid w:val="003762AE"/>
     <w:rsid w:val="00376890"/>
     <w:rsid w:val="00377B56"/>
     <w:rsid w:val="00377D83"/>
     <w:rsid w:val="003806E5"/>
     <w:rsid w:val="00384D67"/>
     <w:rsid w:val="00387C49"/>
     <w:rsid w:val="0039196F"/>
     <w:rsid w:val="003929EA"/>
     <w:rsid w:val="0039336D"/>
     <w:rsid w:val="003953B4"/>
     <w:rsid w:val="003A377D"/>
     <w:rsid w:val="003A4560"/>
     <w:rsid w:val="003A5C7A"/>
     <w:rsid w:val="003B15D3"/>
     <w:rsid w:val="003B2395"/>
     <w:rsid w:val="003B3387"/>
     <w:rsid w:val="003B6845"/>
     <w:rsid w:val="003B7EDB"/>
     <w:rsid w:val="003C1534"/>
     <w:rsid w:val="003C3D1F"/>
     <w:rsid w:val="003C5498"/>
     <w:rsid w:val="003C73BC"/>
     <w:rsid w:val="003C78BF"/>
     <w:rsid w:val="003D1594"/>
+    <w:rsid w:val="003D1606"/>
     <w:rsid w:val="003D210E"/>
     <w:rsid w:val="003D2556"/>
     <w:rsid w:val="003D4399"/>
     <w:rsid w:val="003D5072"/>
     <w:rsid w:val="003D5EFA"/>
     <w:rsid w:val="003D5F22"/>
     <w:rsid w:val="003D6960"/>
     <w:rsid w:val="003E089A"/>
     <w:rsid w:val="003E16C9"/>
     <w:rsid w:val="003E46AD"/>
     <w:rsid w:val="003E521A"/>
     <w:rsid w:val="003E7E18"/>
     <w:rsid w:val="003E7F95"/>
     <w:rsid w:val="003F5CE4"/>
     <w:rsid w:val="003F653C"/>
     <w:rsid w:val="003F7C8E"/>
     <w:rsid w:val="00402B5A"/>
     <w:rsid w:val="00403213"/>
     <w:rsid w:val="00404D9F"/>
     <w:rsid w:val="00404F17"/>
     <w:rsid w:val="0040653F"/>
     <w:rsid w:val="00407474"/>
     <w:rsid w:val="00410ECA"/>
     <w:rsid w:val="00411446"/>
     <w:rsid w:val="00414243"/>
     <w:rsid w:val="00414AA6"/>
     <w:rsid w:val="00414E5F"/>
     <w:rsid w:val="0041637D"/>
     <w:rsid w:val="0042017B"/>
     <w:rsid w:val="00420403"/>
     <w:rsid w:val="00424E05"/>
     <w:rsid w:val="00425133"/>
     <w:rsid w:val="00425717"/>
     <w:rsid w:val="00427627"/>
     <w:rsid w:val="00427E29"/>
     <w:rsid w:val="00431ED0"/>
     <w:rsid w:val="00433BEC"/>
     <w:rsid w:val="00436873"/>
     <w:rsid w:val="00436944"/>
     <w:rsid w:val="00437698"/>
     <w:rsid w:val="004404A7"/>
+    <w:rsid w:val="00441372"/>
     <w:rsid w:val="00443F03"/>
     <w:rsid w:val="00444470"/>
     <w:rsid w:val="00444712"/>
     <w:rsid w:val="00446146"/>
     <w:rsid w:val="004468E4"/>
     <w:rsid w:val="004472F7"/>
     <w:rsid w:val="00447D68"/>
     <w:rsid w:val="00450303"/>
     <w:rsid w:val="0045315C"/>
     <w:rsid w:val="00453293"/>
     <w:rsid w:val="00456F5B"/>
     <w:rsid w:val="004575BA"/>
     <w:rsid w:val="00461A28"/>
     <w:rsid w:val="00462A80"/>
     <w:rsid w:val="00467333"/>
     <w:rsid w:val="00467601"/>
     <w:rsid w:val="004701A0"/>
     <w:rsid w:val="00471A74"/>
     <w:rsid w:val="00473E84"/>
     <w:rsid w:val="00474ADC"/>
     <w:rsid w:val="00475BAB"/>
     <w:rsid w:val="00477065"/>
     <w:rsid w:val="0048010E"/>
     <w:rsid w:val="004806B8"/>
     <w:rsid w:val="00481655"/>
@@ -4504,50 +4684,51 @@
     <w:rsid w:val="00503979"/>
     <w:rsid w:val="00504191"/>
     <w:rsid w:val="005047A5"/>
     <w:rsid w:val="00504A70"/>
     <w:rsid w:val="005062A0"/>
     <w:rsid w:val="00506326"/>
     <w:rsid w:val="005079ED"/>
     <w:rsid w:val="0051398E"/>
     <w:rsid w:val="005168A9"/>
     <w:rsid w:val="00516DAB"/>
     <w:rsid w:val="0052462A"/>
     <w:rsid w:val="00525596"/>
     <w:rsid w:val="00527BD0"/>
     <w:rsid w:val="00532369"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00534CD8"/>
     <w:rsid w:val="005363EC"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="00537B20"/>
     <w:rsid w:val="00540A80"/>
     <w:rsid w:val="00540BFD"/>
     <w:rsid w:val="00543809"/>
     <w:rsid w:val="00543858"/>
     <w:rsid w:val="0054543F"/>
     <w:rsid w:val="00545AA8"/>
+    <w:rsid w:val="00545B6E"/>
     <w:rsid w:val="00545D85"/>
     <w:rsid w:val="00550F8A"/>
     <w:rsid w:val="005536C2"/>
     <w:rsid w:val="00553D8A"/>
     <w:rsid w:val="00556E05"/>
     <w:rsid w:val="00557113"/>
     <w:rsid w:val="005575E7"/>
     <w:rsid w:val="00557D4E"/>
     <w:rsid w:val="0056298A"/>
     <w:rsid w:val="00565AEE"/>
     <w:rsid w:val="005734F3"/>
     <w:rsid w:val="00574054"/>
     <w:rsid w:val="0057564D"/>
     <w:rsid w:val="00575832"/>
     <w:rsid w:val="00576185"/>
     <w:rsid w:val="0057663F"/>
     <w:rsid w:val="0057709F"/>
     <w:rsid w:val="005776A4"/>
     <w:rsid w:val="00582174"/>
     <w:rsid w:val="005871D3"/>
     <w:rsid w:val="00592BF1"/>
     <w:rsid w:val="005945C2"/>
     <w:rsid w:val="00595EFC"/>
     <w:rsid w:val="00597B04"/>
     <w:rsid w:val="005A077C"/>
@@ -4850,50 +5031,51 @@
     <w:rsid w:val="00923F5F"/>
     <w:rsid w:val="009243BA"/>
     <w:rsid w:val="00924691"/>
     <w:rsid w:val="00925347"/>
     <w:rsid w:val="00925AB7"/>
     <w:rsid w:val="0093172F"/>
     <w:rsid w:val="00931761"/>
     <w:rsid w:val="0093218C"/>
     <w:rsid w:val="00932E62"/>
     <w:rsid w:val="009334F4"/>
     <w:rsid w:val="00935392"/>
     <w:rsid w:val="009372F5"/>
     <w:rsid w:val="00940558"/>
     <w:rsid w:val="009406F3"/>
     <w:rsid w:val="009408F1"/>
     <w:rsid w:val="00943586"/>
     <w:rsid w:val="00943A0A"/>
     <w:rsid w:val="00943C42"/>
     <w:rsid w:val="00943EFA"/>
     <w:rsid w:val="00945488"/>
     <w:rsid w:val="00946141"/>
     <w:rsid w:val="0095366B"/>
     <w:rsid w:val="00953997"/>
     <w:rsid w:val="00954E0A"/>
     <w:rsid w:val="00955DF7"/>
+    <w:rsid w:val="0096561C"/>
     <w:rsid w:val="00974C95"/>
     <w:rsid w:val="009760AA"/>
     <w:rsid w:val="00983049"/>
     <w:rsid w:val="00984BE4"/>
     <w:rsid w:val="00987A4D"/>
     <w:rsid w:val="00987ECA"/>
     <w:rsid w:val="00990DD6"/>
     <w:rsid w:val="0099292A"/>
     <w:rsid w:val="00994247"/>
     <w:rsid w:val="009943EA"/>
     <w:rsid w:val="0099517E"/>
     <w:rsid w:val="0099748F"/>
     <w:rsid w:val="00997838"/>
     <w:rsid w:val="009A0022"/>
     <w:rsid w:val="009A2D8A"/>
     <w:rsid w:val="009A3A05"/>
     <w:rsid w:val="009A59DD"/>
     <w:rsid w:val="009A7BA9"/>
     <w:rsid w:val="009B0367"/>
     <w:rsid w:val="009B0DF0"/>
     <w:rsid w:val="009B25FF"/>
     <w:rsid w:val="009B3821"/>
     <w:rsid w:val="009B5A49"/>
     <w:rsid w:val="009B77AA"/>
     <w:rsid w:val="009C0A25"/>
@@ -4943,50 +5125,51 @@
     <w:rsid w:val="00A53F2E"/>
     <w:rsid w:val="00A54D4D"/>
     <w:rsid w:val="00A60AB6"/>
     <w:rsid w:val="00A6301A"/>
     <w:rsid w:val="00A66947"/>
     <w:rsid w:val="00A717C9"/>
     <w:rsid w:val="00A72A49"/>
     <w:rsid w:val="00A738C0"/>
     <w:rsid w:val="00A73968"/>
     <w:rsid w:val="00A80177"/>
     <w:rsid w:val="00A80838"/>
     <w:rsid w:val="00A80FE6"/>
     <w:rsid w:val="00A81999"/>
     <w:rsid w:val="00A83DAE"/>
     <w:rsid w:val="00A86D6B"/>
     <w:rsid w:val="00A91C72"/>
     <w:rsid w:val="00AA1192"/>
     <w:rsid w:val="00AA52C0"/>
     <w:rsid w:val="00AA7E37"/>
     <w:rsid w:val="00AB0EED"/>
     <w:rsid w:val="00AB1EEC"/>
     <w:rsid w:val="00AB4A3E"/>
     <w:rsid w:val="00AB4C00"/>
     <w:rsid w:val="00AB59A1"/>
     <w:rsid w:val="00AB7056"/>
+    <w:rsid w:val="00AB7FCB"/>
     <w:rsid w:val="00AC0FB5"/>
     <w:rsid w:val="00AC1355"/>
     <w:rsid w:val="00AC1431"/>
     <w:rsid w:val="00AC1CAE"/>
     <w:rsid w:val="00AC32A2"/>
     <w:rsid w:val="00AC3851"/>
     <w:rsid w:val="00AD0FE9"/>
     <w:rsid w:val="00AD41BF"/>
     <w:rsid w:val="00AD5518"/>
     <w:rsid w:val="00AD6C12"/>
     <w:rsid w:val="00AE0283"/>
     <w:rsid w:val="00AE1B37"/>
     <w:rsid w:val="00AE21D7"/>
     <w:rsid w:val="00AF21E4"/>
     <w:rsid w:val="00AF336D"/>
     <w:rsid w:val="00AF486A"/>
     <w:rsid w:val="00AF5B56"/>
     <w:rsid w:val="00B0107E"/>
     <w:rsid w:val="00B02806"/>
     <w:rsid w:val="00B03C0D"/>
     <w:rsid w:val="00B06A96"/>
     <w:rsid w:val="00B0709A"/>
     <w:rsid w:val="00B12B9A"/>
     <w:rsid w:val="00B16DB0"/>
     <w:rsid w:val="00B21773"/>
@@ -5256,50 +5439,51 @@
     <w:rsid w:val="00E37E13"/>
     <w:rsid w:val="00E40483"/>
     <w:rsid w:val="00E41AC2"/>
     <w:rsid w:val="00E42064"/>
     <w:rsid w:val="00E42599"/>
     <w:rsid w:val="00E42DDB"/>
     <w:rsid w:val="00E42E81"/>
     <w:rsid w:val="00E43F46"/>
     <w:rsid w:val="00E44F62"/>
     <w:rsid w:val="00E4608B"/>
     <w:rsid w:val="00E47AA1"/>
     <w:rsid w:val="00E55591"/>
     <w:rsid w:val="00E56D45"/>
     <w:rsid w:val="00E575C2"/>
     <w:rsid w:val="00E57C9A"/>
     <w:rsid w:val="00E600AD"/>
     <w:rsid w:val="00E611F0"/>
     <w:rsid w:val="00E618FB"/>
     <w:rsid w:val="00E622CC"/>
     <w:rsid w:val="00E63C65"/>
     <w:rsid w:val="00E65C4A"/>
     <w:rsid w:val="00E65CD0"/>
     <w:rsid w:val="00E66096"/>
     <w:rsid w:val="00E66A7C"/>
     <w:rsid w:val="00E72216"/>
+    <w:rsid w:val="00E72986"/>
     <w:rsid w:val="00E7385D"/>
     <w:rsid w:val="00E744EE"/>
     <w:rsid w:val="00E74B64"/>
     <w:rsid w:val="00E7725A"/>
     <w:rsid w:val="00E7734A"/>
     <w:rsid w:val="00E80496"/>
     <w:rsid w:val="00E83752"/>
     <w:rsid w:val="00E83801"/>
     <w:rsid w:val="00E83BCB"/>
     <w:rsid w:val="00E851F9"/>
     <w:rsid w:val="00E867D0"/>
     <w:rsid w:val="00E87A17"/>
     <w:rsid w:val="00E944EB"/>
     <w:rsid w:val="00E954F6"/>
     <w:rsid w:val="00E97DF1"/>
     <w:rsid w:val="00EA2FAF"/>
     <w:rsid w:val="00EA304C"/>
     <w:rsid w:val="00EA310E"/>
     <w:rsid w:val="00EA4765"/>
     <w:rsid w:val="00EA5985"/>
     <w:rsid w:val="00EA6F55"/>
     <w:rsid w:val="00EB16E9"/>
     <w:rsid w:val="00EB1826"/>
     <w:rsid w:val="00EB35CA"/>
     <w:rsid w:val="00EB583F"/>
@@ -5382,50 +5566,51 @@
     <w:rsid w:val="00F81C27"/>
     <w:rsid w:val="00F8254A"/>
     <w:rsid w:val="00F8779E"/>
     <w:rsid w:val="00F914FB"/>
     <w:rsid w:val="00F91EA6"/>
     <w:rsid w:val="00F93773"/>
     <w:rsid w:val="00F963E4"/>
     <w:rsid w:val="00F97212"/>
     <w:rsid w:val="00FA0A88"/>
     <w:rsid w:val="00FA1051"/>
     <w:rsid w:val="00FA1566"/>
     <w:rsid w:val="00FA3129"/>
     <w:rsid w:val="00FA4FBC"/>
     <w:rsid w:val="00FA540F"/>
     <w:rsid w:val="00FA6595"/>
     <w:rsid w:val="00FB0E30"/>
     <w:rsid w:val="00FB0F3D"/>
     <w:rsid w:val="00FB30FD"/>
     <w:rsid w:val="00FB3526"/>
     <w:rsid w:val="00FB48FD"/>
     <w:rsid w:val="00FC018B"/>
     <w:rsid w:val="00FC0226"/>
     <w:rsid w:val="00FC0F11"/>
     <w:rsid w:val="00FC37CB"/>
     <w:rsid w:val="00FC769B"/>
+    <w:rsid w:val="00FC78BE"/>
     <w:rsid w:val="00FC7BFF"/>
     <w:rsid w:val="00FD4878"/>
     <w:rsid w:val="00FD7A38"/>
     <w:rsid w:val="00FE04C0"/>
     <w:rsid w:val="00FE22CB"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7329"/>
     <w:rsid w:val="00FF22F4"/>
     <w:rsid w:val="00FF319C"/>
     <w:rsid w:val="00FF3F51"/>
     <w:rsid w:val="0B3BD977"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -7387,80 +7572,50 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{861FAC79-BD90-43E7-836D-1338881C0A6E}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="26BCD768816A4CE089B1A990F21BD2CF2"/>
           </w:pPr>
           <w:r w:rsidRPr="008C264F">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="30E06EF420564F0B9EDF1251C5647A19"/>
-[...28 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75EC54F2-38F1-45E4-951E-59133F6D1C59}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00287BFE" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="CDF106A66C1146BCA0C2E77351DA111D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00414243">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
@@ -7566,50 +7721,79 @@
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E7F70E5F-2F27-4EC8-AFD5-573E4BDE948A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00915B66" w:rsidRDefault="00915B66" w:rsidP="00915B66">
           <w:pPr>
             <w:pStyle w:val="011734FE4C1D4E6099316EE3FD082A922"/>
           </w:pPr>
           <w:r w:rsidRPr="008D1D68">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B69A21110E264D869397334C11A651A2"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DCAE7C05-7668-4D18-8D41-33D3BE8A94E0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="009D4565" w:rsidRDefault="009D4565" w:rsidP="009D4565">
+          <w:pPr>
+            <w:pStyle w:val="B69A21110E264D869397334C11A651A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00266347">
+            <w:rPr>
+              <w:rStyle w:val="PINKN"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -7782,50 +7966,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17B83399"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="86FAC07C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AD7670D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3326A2BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -7894,51 +8191,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="554F7186"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DF68497C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -8011,97 +8308,103 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="115099594">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1294947529">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1722434406">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1722434406">
+  <w:num w:numId="4" w16cid:durableId="2126267904">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B19C3"/>
     <w:rsid w:val="00154260"/>
     <w:rsid w:val="00162530"/>
     <w:rsid w:val="00287BFE"/>
+    <w:rsid w:val="00351D88"/>
     <w:rsid w:val="00597B04"/>
     <w:rsid w:val="007B19C3"/>
     <w:rsid w:val="00870D44"/>
     <w:rsid w:val="008711A1"/>
     <w:rsid w:val="00875E4B"/>
     <w:rsid w:val="00892E5C"/>
     <w:rsid w:val="00915B66"/>
+    <w:rsid w:val="009D4565"/>
     <w:rsid w:val="00A64C05"/>
     <w:rsid w:val="00B10CD1"/>
     <w:rsid w:val="00B852C4"/>
     <w:rsid w:val="00BD2D6D"/>
     <w:rsid w:val="00CD4ADE"/>
     <w:rsid w:val="00D135C6"/>
     <w:rsid w:val="00D5065A"/>
     <w:rsid w:val="00D52D10"/>
     <w:rsid w:val="00D84AB7"/>
     <w:rsid w:val="00F324F6"/>
     <w:rsid w:val="00F81C27"/>
+    <w:rsid w:val="00FC78BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8519,1304 +8822,381 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00915B66"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F178">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6CF8CEEAC7EB428AA5BBA99B0B6856B2">
     <w:name w:val="6CF8CEEAC7EB428AA5BBA99B0B6856B2"/>
     <w:rsid w:val="00287BFE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Orginal">
     <w:name w:val="Orginal"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00915B66"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b w:val="0"/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="011734FE4C1D4E6099316EE3FD082A92">
-[...590 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A7B59FE799C420A8CD5D81C4E54F1782">
     <w:name w:val="2A7B59FE799C420A8CD5D81C4E54F1782"/>
     <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="011734FE4C1D4E6099316EE3FD082A922">
     <w:name w:val="011734FE4C1D4E6099316EE3FD082A922"/>
     <w:rsid w:val="00915B66"/>
-    <w:pPr>
-[...313 lines deleted...]
-    <w:rsid w:val="00870D44"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC7">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9513CD460C8D440B9E4146FAC436E1FC2">
+    <w:name w:val="9513CD460C8D440B9E4146FAC436E1FC2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E774">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DB01685EC3F44578E05494F4E3D5E772">
+    <w:name w:val="2DB01685EC3F44578E05494F4E3D5E772"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA881C29B4CC46E9986DBA5098ADA9FE2">
+    <w:name w:val="CA881C29B4CC46E9986DBA5098ADA9FE2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7188">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="088729DAA6AE48168D3732A18E85B7182">
+    <w:name w:val="088729DAA6AE48168D3732A18E85B7182"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E28">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EADBFFB1344142859164DF273A19A4E22">
+    <w:name w:val="EADBFFB1344142859164DF273A19A4E22"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB6ABA000D254819A67658D36FB1C1CF2">
+    <w:name w:val="AB6ABA000D254819A67658D36FB1C1CF2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="530B5093F4534319803BF4B34F4FBE1E2">
+    <w:name w:val="530B5093F4534319803BF4B34F4FBE1E2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7868">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7862">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA7862"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AACD94D7235744908C49C1A5FD13712D2">
+    <w:name w:val="AACD94D7235744908C49C1A5FD13712D2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2178">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B2DE9307DF0041028BA0DE4CB5AFA2172">
+    <w:name w:val="B2DE9307DF0041028BA0DE4CB5AFA2172"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6383083A49114B079E4DD16F7C3AF3CD2">
+    <w:name w:val="6383083A49114B079E4DD16F7C3AF3CD2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BCD768816A4CE089B1A990F21BD2CF2">
+    <w:name w:val="26BCD768816A4CE089B1A990F21BD2CF2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="30E06EF420564F0B9EDF1251C5647A198">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D2">
+    <w:name w:val="CDF106A66C1146BCA0C2E77351DA111D2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CDF106A66C1146BCA0C2E77351DA111D8">
-[...1 lines deleted...]
-    <w:rsid w:val="00870D44"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B2">
+    <w:name w:val="73118F48C35A4F1690C6EF34A147A99B2"/>
+    <w:rsid w:val="00915B66"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="73118F48C35A4F1690C6EF34A147A99B8">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PINKN">
+    <w:name w:val="PINK N"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="009D4565"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
-      <w:kern w:val="0"/>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:color w:val="124F1A" w:themeColor="accent3" w:themeShade="BF"/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="18"/>
-[...1 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B69A21110E264D869397334C11A651A2">
+    <w:name w:val="B69A21110E264D869397334C11A651A2"/>
+    <w:rsid w:val="009D4565"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="HSLU Farben">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -10094,63 +9474,69 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="83f370fc-2ab7-41b7-87f7-d7459a3f2056">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="6e0f749f18dc5766457212d41e7d50d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b3641a26b885d940ae013fd526dd6fc" ns2:_="" ns3:_="">
     <xsd:import namespace="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <xsd:import namespace="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -10355,162 +9741,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407363A0-188C-46FB-ACE9-4648702DEB59}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
+    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBDA49F2-D6A2-4558-8203-7DFBE8DEF5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407363A0-188C-46FB-ACE9-4648702DEB59}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>00 Vorlage A4 hoch 2.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>480</Words>
-  <Characters>3025</Characters>
+  <Words>475</Words>
+  <Characters>3366</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3499</CharactersWithSpaces>
+  <CharactersWithSpaces>3807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4390955</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:julia.arnold@hslu.ch</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1179761</vt:i4>
       </vt:variant>