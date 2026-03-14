--- v0 (2026-01-14)
+++ v1 (2026-03-14)
@@ -377,50 +377,51 @@
       </w:r>
       <w:r w:rsidR="00250B0A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Name und Vorname"/>
           <w:tag w:val="Name und Vorname"/>
           <w:id w:val="-1038897374"/>
           <w:placeholder>
             <w:docPart w:val="0C4F44BCB18A4BAAAE2FC7A3E97B7E93"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00AF6B36" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17A80DCF" w14:textId="35CADC8E" w:rsidR="00A16AAD" w:rsidRDefault="00303EA5" w:rsidP="006C06F9">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF6B36">
         <w:t>Vertiefung:</w:t>
       </w:r>
       <w:r w:rsidR="00785E1E" w:rsidRPr="00AF6B36">
@@ -448,50 +449,51 @@
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:alias w:val="Wählen Sie die Studienrichtung aus"/>
           <w:tag w:val="Wählen Sie die Studienrichtung aus"/>
           <w:id w:val="-12925275"/>
           <w:placeholder>
             <w:docPart w:val="659B10E829EE4AA9954CC7D7F7AAE125"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:comboBox>
             <w:listItem w:value="Wählen Sie ein Element aus."/>
             <w:listItem w:displayText="Sozialarbeit" w:value="Sozialarbeit"/>
             <w:listItem w:displayText="Soziokultur" w:value="Soziokultur"/>
             <w:listItem w:displayText="Sozialpädagogik" w:value="Sozialpädagogik"/>
           </w:comboBox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00996DE5" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:b w:val="0"/>
               <w:bCs/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006C06F9" w:rsidRPr="00904C1B">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AA66904" w14:textId="371D99D5" w:rsidR="00A16AAD" w:rsidRDefault="00A16AAD" w:rsidP="00A16AAD">
@@ -529,50 +531,51 @@
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Funktion der MAiA"/>
           <w:tag w:val="Funktion der MAiA"/>
           <w:id w:val="400024941"/>
           <w:placeholder>
             <w:docPart w:val="C0FC15E56DA34B64AD1C342066831CD2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00996DE5" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="36BD31B9" w14:textId="59D7D578" w:rsidR="00A71C89" w:rsidRPr="00904C1B" w:rsidRDefault="0043103A" w:rsidP="0043103A">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
@@ -594,50 +597,51 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Anstellungsdatum"/>
           <w:tag w:val="Anstellungsdatum"/>
           <w:id w:val="-519321436"/>
           <w:placeholder>
             <w:docPart w:val="E497060524CC464180AAD53DA0695A6A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00904C1B">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2F1F2CD9" w14:textId="54E64608" w:rsidR="0043103A" w:rsidRPr="00904C1B" w:rsidRDefault="0043103A" w:rsidP="0043103A">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
@@ -656,50 +660,51 @@
           <w:bCs w:val="0"/>
           <w:color w:val="77C5D8" w:themeColor="accent1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
             <w:b w:val="0"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:alias w:val="Anstellungsgrad (40 - 60% möglich)"/>
           <w:tag w:val="Anstellungsgrad (40 - 60% möglich)"/>
           <w:id w:val="563154041"/>
           <w:placeholder>
             <w:docPart w:val="BB1E17F67F6F4BAEA7C2BAC36A35E127"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidRPr="00904C1B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5E7AC475" w14:textId="77777777" w:rsidR="005B440C" w:rsidRPr="0043103A" w:rsidRDefault="005B440C" w:rsidP="005B440C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -750,50 +755,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Name der Organisation"/>
           <w:tag w:val="Name der Organisation"/>
           <w:id w:val="-2139563392"/>
           <w:placeholder>
             <w:docPart w:val="0CD04A071F334DD8A50153B4520D9FE0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7227AA8C" w14:textId="13691ECA" w:rsidR="00EE3F15" w:rsidRPr="00852E74" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -814,50 +820,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:color w:val="77C5D8" w:themeColor="accent1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Strasse, NR."/>
           <w:tag w:val="Strasse, NR."/>
           <w:id w:val="-1943054630"/>
           <w:placeholder>
             <w:docPart w:val="19A47888BC324750A07A35693B2B4183"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="2B48329A" w14:textId="20EF3FBE" w:rsidR="00BE29B8" w:rsidRPr="00852E74" w:rsidRDefault="00BE29B8" w:rsidP="00FB30FD">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -876,50 +883,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="PLZ, Ort"/>
           <w:tag w:val="PLZ, Ort"/>
           <w:id w:val="242771664"/>
           <w:placeholder>
             <w:docPart w:val="B6297CF4A3844966AD493FFD081107E8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4B9B1431" w14:textId="08A5E1E9" w:rsidR="00BE29B8" w:rsidRPr="00852E74" w:rsidRDefault="00FB30FD" w:rsidP="00FB30FD">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -934,50 +942,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="E-Mail Adresse der Organisation"/>
           <w:tag w:val="E-Mail Adresse der Organisation"/>
           <w:id w:val="-1934417984"/>
           <w:placeholder>
             <w:docPart w:val="C4C253F2FBF045ACBDAFBF7B8DA6321B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="566EBB0B" w14:textId="6FB0BF9D" w:rsidR="004D7480" w:rsidRPr="00E74BF3" w:rsidRDefault="00FB30FD" w:rsidP="00E74BF3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:color w:val="77C5D8" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
@@ -997,50 +1006,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Hauptnummer der Organisation"/>
           <w:tag w:val="Hauptnummer der Organisation"/>
           <w:id w:val="-841851047"/>
           <w:placeholder>
             <w:docPart w:val="0E498484BAD84B3EB86C97BD6F176976"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00852E74">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E74BF3" w:rsidRPr="00852E74">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3942AB2B" w14:textId="013273E6" w:rsidR="004D7480" w:rsidRDefault="004D7480" w:rsidP="004D7480">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
@@ -1075,50 +1085,51 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Name der Organisation"/>
           <w:tag w:val="Name der Organisation"/>
           <w:id w:val="-403840849"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="79AF2EF4" w14:textId="1407A571" w:rsidR="00AF5B56" w:rsidRPr="00852E74" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1136,50 +1147,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Strasse, NR. "/>
           <w:tag w:val="Strasse, NR. "/>
           <w:id w:val="12733167"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="50A94113" w14:textId="3760F921" w:rsidR="00AF5B56" w:rsidRPr="00852E74" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1194,50 +1206,51 @@
       </w:r>
       <w:r w:rsidRPr="00557D4E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="PLZ, Ort"/>
           <w:tag w:val="PLZ, Ort"/>
           <w:id w:val="-72290438"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="08324841" w14:textId="6AEC451F" w:rsidR="00AF5B56" w:rsidRPr="00852E74" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1252,50 +1265,51 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="E-Mail-Adresse der Organisation"/>
           <w:tag w:val="E-Mail-Adresse der Organisation"/>
           <w:id w:val="-2141714260"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0C0A8AA2" w14:textId="71CD30D7" w:rsidR="00AF5B56" w:rsidRPr="00852E74" w:rsidRDefault="00AF5B56" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE0283">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1310,69 +1324,70 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Hauptnummer des Standorts"/>
           <w:tag w:val="Hauptnummer des Standorts"/>
           <w:id w:val="192507505"/>
           <w:placeholder>
             <w:docPart w:val="50D76FFA3B78416A9B8394D2CE3EA786"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
+            <w:color w:val="auto"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1A763936" w14:textId="77777777" w:rsidR="0075474F" w:rsidRDefault="0075474F" w:rsidP="00AF5B56">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0517940D" w14:textId="31F7637B" w:rsidR="00DC076B" w:rsidRPr="00852E74" w:rsidRDefault="00996DE5" w:rsidP="003B6845">
+    <w:p w14:paraId="0517940D" w14:textId="31F7637B" w:rsidR="00DC076B" w:rsidRPr="00852E74" w:rsidRDefault="00EE7542" w:rsidP="003B6845">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="800736734"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
@@ -1387,51 +1402,51 @@
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00DC076B" w:rsidRPr="00852E74">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t xml:space="preserve"> anerkannt von der Hochschule Luzern – Soziale Arbeit (</w:t>
       </w:r>
       <w:r w:rsidR="00536A3C" w:rsidRPr="00852E74">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t>Anerkennung wurde von der HSLU SA bereits ausgestellt</w:t>
       </w:r>
       <w:r w:rsidR="00DC076B" w:rsidRPr="00852E74">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E0CF0B2" w14:textId="6460DC33" w:rsidR="00E32C08" w:rsidRPr="00852E74" w:rsidRDefault="00996DE5" w:rsidP="00652B2B">
+    <w:p w14:paraId="6E0CF0B2" w14:textId="6460DC33" w:rsidR="00E32C08" w:rsidRPr="00852E74" w:rsidRDefault="00EE7542" w:rsidP="00652B2B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="989290268"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
@@ -1534,50 +1549,51 @@
       </w:r>
       <w:r w:rsidR="003E16C9" w:rsidRPr="0099517E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Name und Vorname Praxisausbildner:in"/>
           <w:tag w:val="Name und Vorname Praxisausbildner:in"/>
           <w:id w:val="-2098937864"/>
           <w:placeholder>
             <w:docPart w:val="3225E736869A4257A089E6CC2CB6BCCE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="43361989" w14:textId="184B0F76" w:rsidR="003E16C9" w:rsidRPr="00AF6B36" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1592,51 +1608,50 @@
       </w:r>
       <w:r w:rsidR="00BE16F3" w:rsidRPr="0099517E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="E-Mail-Adresse"/>
           <w:tag w:val="E-Mail-Adresse"/>
           <w:id w:val="-893500388"/>
           <w:placeholder>
             <w:docPart w:val="CFAAB21085ED4D85BD83E02305F7C83C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="73D7D905" w14:textId="6C385583" w:rsidR="005734F3" w:rsidRPr="00AF6B36" w:rsidRDefault="00BE16F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -1651,50 +1666,51 @@
       </w:r>
       <w:r w:rsidR="003E16C9" w:rsidRPr="0099517E">
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Direkte Telefonnummer"/>
           <w:tag w:val="Direkte Telefonnummer"/>
           <w:id w:val="549959617"/>
           <w:placeholder>
             <w:docPart w:val="C4276BA68A2A4E53B46C052E160490AC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
+            <w:color w:val="77C5D8" w:themeColor="accent1"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4E415D5A" w14:textId="764647B8" w:rsidR="005734F3" w:rsidRPr="00AF6B36" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
@@ -1721,137 +1737,138 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Abschluss"/>
           <w:tag w:val="Abschluss"/>
           <w:id w:val="545026658"/>
           <w:placeholder>
             <w:docPart w:val="0B4F60F5B978472797A3B1021AF8305E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:snapToGrid w:val="0"/>
+            <w:color w:val="auto"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3F11C0BE" w14:textId="55B00396" w:rsidR="005734F3" w:rsidRPr="00852E74" w:rsidRDefault="005734F3" w:rsidP="00F03B31">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Diplomjahr und HFS/FH:</w:t>
       </w:r>
       <w:r w:rsidR="003E16C9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Diplomjahr und HFS/HF"/>
           <w:tag w:val="Diplomjahr und HFS/HF"/>
           <w:id w:val="-1040981619"/>
           <w:placeholder>
             <w:docPart w:val="8278362AD9B3471A940F6AB79C95DA68"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Absatz-Standardschriftart"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:snapToGrid w:val="0"/>
+            <w:color w:val="auto"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00E77DF4" w:rsidRPr="00AF6B36">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="00852E74" w:rsidRDefault="00996DE5" w:rsidP="003E16C9">
+    <w:p w14:paraId="0D0B2471" w14:textId="4B95806D" w:rsidR="00BE16F3" w:rsidRPr="00852E74" w:rsidRDefault="00EE7542" w:rsidP="003E16C9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
             <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
           <w:id w:val="337431721"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
           </w:rPr>
         </w:sdtEndPr>
@@ -1949,72 +1966,140 @@
     <w:p w14:paraId="1AB219EC" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="00E944EB"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rStyle w:val="PINK"/>
         </w:rPr>
         <w:alias w:val="Bitte korrekte Aussage auswählen"/>
         <w:tag w:val="Bitte korrekte Aussage auswählen"/>
         <w:id w:val="-644733472"/>
         <w:placeholder>
           <w:docPart w:val="9E7396BEE5AC4A7386D356AEDC7415FB"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w15:color w:val="FF99CC"/>
         <w:comboBox>
           <w:listItem w:value="Wählen Sie ein Element aus."/>
           <w:listItem w:displayText="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht" w:value="Ich habe einen Fachkurs für neue Praxisausbildner:innen oder NDK Praxisausbildung besucht"/>
           <w:listItem w:displayText="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF" w:value="Ich habe eine Äquivalenzanerkennung einer anderen FH oder HF"/>
           <w:listItem w:displayText="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)" w:value="Ich möchte eine Äquivalenzanerkennung beantragen (bitte Lebenslauf mit allen Diplomen und Zeugnissen einreichen)"/>
           <w:listItem w:displayText="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu." w:value="Ich habe noch keine Qualifikation als Praxisausbildner:in erworben. Ich erkläre mich bereit den Fachkurs Praxisausbildung zu besuchen. Bitte stellen Sie mir die Informationen zu."/>
         </w:comboBox>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:rStyle w:val="Orginal"/>
-          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="36AF3F0D" w14:textId="76C156F5" w:rsidR="00E944EB" w:rsidRPr="00904C1B" w:rsidRDefault="00E77DF4" w:rsidP="00E944EB">
           <w:pPr>
             <w:rPr>
               <w:rStyle w:val="Orginal"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00904C1B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Wählen Sie ein Element aus.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="29E21B15" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="001A5189">
+    <w:p w14:paraId="29E21B15" w14:textId="77777777" w:rsidR="00E944EB" w:rsidRDefault="00E944EB" w:rsidP="00F14204"/>
+    <w:bookmarkStart w:id="4" w:name="_Hlk219816377"/>
+    <w:p w14:paraId="7165C553" w14:textId="77777777" w:rsidR="00F14204" w:rsidRPr="00910F28" w:rsidRDefault="00F14204" w:rsidP="00F14204">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Orginal"/>
+          <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1736502517"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich bin damit einverstanden, dass mich die Hochschule Luzern – Soziale Arbeit per E-Mail </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>über</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>laufende</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F44F9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und zukünftige Anlässe sowie Projekte informiert.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="3C0A4780" w14:textId="77777777" w:rsidR="00F14204" w:rsidRDefault="00F14204" w:rsidP="001A5189">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3920F7E0" w14:textId="77777777" w:rsidR="007205F7" w:rsidRDefault="007205F7">
       <w:pPr>
         <w:spacing w:line="260" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D53E38" w14:textId="23C0DE68" w:rsidR="001A5189" w:rsidRDefault="006261BB" w:rsidP="006261BB">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
@@ -2201,51 +2286,50 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="PINK"/>
           </w:rPr>
           <w:alias w:val="Ort und Datum"/>
           <w:tag w:val="Ort und Datum"/>
           <w:id w:val="1864627261"/>
           <w:placeholder>
             <w:docPart w:val="2D839955CCA845BBB277BFDAA393DD30"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="FF99CC"/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Orginal"/>
-            <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="00904C1B" w:rsidRPr="00904C1B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00904C1B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="DA1943" w:themeColor="accent3" w:themeShade="BF"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C460B00" w14:textId="3FC68E6E" w:rsidR="00B72208" w:rsidRDefault="0084141E" w:rsidP="0054543F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
@@ -2556,51 +2640,83 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A2EA0D" w14:textId="60611280" w:rsidR="00CA6671" w:rsidRDefault="00CA6671" w:rsidP="0075474F">
+    <w:p w14:paraId="7D2EE8AF" w14:textId="77777777" w:rsidR="00DC635D" w:rsidRDefault="00DC635D" w:rsidP="00DC635D">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Wichtiger Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C0A9DC8" w14:textId="77777777" w:rsidR="00EE7542" w:rsidRDefault="00EE7542" w:rsidP="00DC635D"/>
+    <w:p w14:paraId="0BA1798A" w14:textId="2E054A92" w:rsidR="00DC635D" w:rsidRDefault="00DC635D" w:rsidP="00DC635D">
+      <w:r w:rsidRPr="00E22887">
+        <w:t>Es wird empfohlen, mit der Arbeitgeberseite zu klären, ob ein einfacher Strafregisterauszug oder ein Sonderprivatauszug eingereicht werden muss.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5434C519" w14:textId="77777777" w:rsidR="00DC635D" w:rsidRDefault="00DC635D" w:rsidP="00DC635D"/>
+    <w:p w14:paraId="4FD41D65" w14:textId="77777777" w:rsidR="00F14204" w:rsidRDefault="00F14204" w:rsidP="00DC635D">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:before="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A2EA0D" w14:textId="7ADB3A0E" w:rsidR="00CA6671" w:rsidRDefault="00CA6671" w:rsidP="0075474F">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004806F4">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Anmeldung ist vollständig ausgefüllt und unterschrieben per </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Mail an Julia Arnold (</w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="00A46F59">
           <w:rPr>
@@ -2725,60 +2841,60 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="337B7EEB" w14:textId="77777777" w:rsidR="007205F7" w:rsidRPr="004806F4" w:rsidRDefault="007205F7" w:rsidP="00CA6671">
       <w:pPr>
         <w:spacing w:before="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0242E5AC" w14:textId="77777777" w:rsidR="005776A4" w:rsidRPr="007D35AC" w:rsidRDefault="005776A4" w:rsidP="00852E74">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="8" w:space="2" w:color="auto"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="EC5A7A" w:themeFill="accent3"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk64993846"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk64993846"/>
       <w:r w:rsidRPr="007D35AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Die von allen Beteiligten unterschriebene Anmeldung gilt als Ausbildungsvereinbarung.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Enclosures"/>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="6" w:name="Enclosures"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="4BCD1EF6" w14:textId="77777777" w:rsidR="00CA6671" w:rsidRPr="007D77E7" w:rsidRDefault="00CA6671" w:rsidP="007D77E7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00CA6671" w:rsidRPr="007D77E7" w:rsidSect="00ED2F5C">
       <w:headerReference w:type="even" r:id="rId21"/>
       <w:headerReference w:type="default" r:id="rId22"/>
       <w:footerReference w:type="even" r:id="rId23"/>
       <w:footerReference w:type="default" r:id="rId24"/>
       <w:headerReference w:type="first" r:id="rId25"/>
       <w:footerReference w:type="first" r:id="rId26"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1276" w:right="737" w:bottom="1701" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
@@ -4346,51 +4462,51 @@
   <w:num w:numId="9" w16cid:durableId="799690692">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="88741844">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1274557114">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="139619751">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="558516297">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TSzW8AY0EJMyIFoNIzgh/ciI0ogfT85sKI1k/2zWwQQ/qi5Z4TuHxdxqu35NLhXaMPupTnKqzLRgqkA40bZB2g==" w:salt="vSWtcdKCrZrUsMv5u74S2w=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="67Yw7GYVjnB/bAC5p0h0CP7NvjECEp0D0HdBBoHQVi6DD25ICa99uCe7fnfv3x9W/tNkLNUuA2O7Ft03Evuz9A==" w:salt="G3inq51YsCf40S0u0o5XWg=="/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
@@ -5332,50 +5448,51 @@
     <w:rsid w:val="00A3202E"/>
     <w:rsid w:val="00A34D4F"/>
     <w:rsid w:val="00A37573"/>
     <w:rsid w:val="00A37CA2"/>
     <w:rsid w:val="00A40077"/>
     <w:rsid w:val="00A4084C"/>
     <w:rsid w:val="00A4099E"/>
     <w:rsid w:val="00A424E2"/>
     <w:rsid w:val="00A42F33"/>
     <w:rsid w:val="00A5040F"/>
     <w:rsid w:val="00A53F2E"/>
     <w:rsid w:val="00A54D4D"/>
     <w:rsid w:val="00A60AB6"/>
     <w:rsid w:val="00A6301A"/>
     <w:rsid w:val="00A66947"/>
     <w:rsid w:val="00A717C9"/>
     <w:rsid w:val="00A7190E"/>
     <w:rsid w:val="00A71C89"/>
     <w:rsid w:val="00A72A49"/>
     <w:rsid w:val="00A738C0"/>
     <w:rsid w:val="00A73968"/>
     <w:rsid w:val="00A80177"/>
     <w:rsid w:val="00A80838"/>
     <w:rsid w:val="00A80FE6"/>
     <w:rsid w:val="00A81999"/>
+    <w:rsid w:val="00A8376A"/>
     <w:rsid w:val="00A83DAE"/>
     <w:rsid w:val="00A83FC7"/>
     <w:rsid w:val="00A86D6B"/>
     <w:rsid w:val="00A91C72"/>
     <w:rsid w:val="00AA1192"/>
     <w:rsid w:val="00AA52C0"/>
     <w:rsid w:val="00AA7E37"/>
     <w:rsid w:val="00AB0EED"/>
     <w:rsid w:val="00AB1EEC"/>
     <w:rsid w:val="00AB4A3E"/>
     <w:rsid w:val="00AB4C00"/>
     <w:rsid w:val="00AB59A1"/>
     <w:rsid w:val="00AB7056"/>
     <w:rsid w:val="00AC0FB5"/>
     <w:rsid w:val="00AC1355"/>
     <w:rsid w:val="00AC1431"/>
     <w:rsid w:val="00AC1CAE"/>
     <w:rsid w:val="00AC32A2"/>
     <w:rsid w:val="00AC3851"/>
     <w:rsid w:val="00AC7873"/>
     <w:rsid w:val="00AD0FE9"/>
     <w:rsid w:val="00AD41BF"/>
     <w:rsid w:val="00AD5518"/>
     <w:rsid w:val="00AD65CB"/>
     <w:rsid w:val="00AD6C12"/>
@@ -5590,50 +5707,51 @@
     <w:rsid w:val="00D8107B"/>
     <w:rsid w:val="00D83803"/>
     <w:rsid w:val="00D839E3"/>
     <w:rsid w:val="00D8412B"/>
     <w:rsid w:val="00D84AB7"/>
     <w:rsid w:val="00D87103"/>
     <w:rsid w:val="00D9168D"/>
     <w:rsid w:val="00D962B6"/>
     <w:rsid w:val="00D9664E"/>
     <w:rsid w:val="00DA15EA"/>
     <w:rsid w:val="00DA2F39"/>
     <w:rsid w:val="00DA49EB"/>
     <w:rsid w:val="00DB0277"/>
     <w:rsid w:val="00DB2211"/>
     <w:rsid w:val="00DB6104"/>
     <w:rsid w:val="00DB630A"/>
     <w:rsid w:val="00DC076B"/>
     <w:rsid w:val="00DC1ED3"/>
     <w:rsid w:val="00DC2268"/>
     <w:rsid w:val="00DC2435"/>
     <w:rsid w:val="00DC3A8A"/>
     <w:rsid w:val="00DC3F34"/>
     <w:rsid w:val="00DC3FDD"/>
     <w:rsid w:val="00DC48F7"/>
     <w:rsid w:val="00DC4DFB"/>
+    <w:rsid w:val="00DC635D"/>
     <w:rsid w:val="00DC7F3C"/>
     <w:rsid w:val="00DD0102"/>
     <w:rsid w:val="00DD0535"/>
     <w:rsid w:val="00DD0889"/>
     <w:rsid w:val="00DD0A81"/>
     <w:rsid w:val="00DD1995"/>
     <w:rsid w:val="00DD1E20"/>
     <w:rsid w:val="00DD22CB"/>
     <w:rsid w:val="00DD284F"/>
     <w:rsid w:val="00DD2D11"/>
     <w:rsid w:val="00DD3231"/>
     <w:rsid w:val="00DD4BAE"/>
     <w:rsid w:val="00DD5C54"/>
     <w:rsid w:val="00DD5F7D"/>
     <w:rsid w:val="00DD7040"/>
     <w:rsid w:val="00DE17C7"/>
     <w:rsid w:val="00DE299B"/>
     <w:rsid w:val="00DE409C"/>
     <w:rsid w:val="00DE47D3"/>
     <w:rsid w:val="00DE6346"/>
     <w:rsid w:val="00DF3A43"/>
     <w:rsid w:val="00DF6416"/>
     <w:rsid w:val="00DF7621"/>
     <w:rsid w:val="00DF7651"/>
     <w:rsid w:val="00DF7BE8"/>
@@ -5708,70 +5826,72 @@
     <w:rsid w:val="00EA4765"/>
     <w:rsid w:val="00EA5985"/>
     <w:rsid w:val="00EA6F55"/>
     <w:rsid w:val="00EB16E9"/>
     <w:rsid w:val="00EB1826"/>
     <w:rsid w:val="00EB35CA"/>
     <w:rsid w:val="00EB583F"/>
     <w:rsid w:val="00EC2116"/>
     <w:rsid w:val="00EC271D"/>
     <w:rsid w:val="00EC2B48"/>
     <w:rsid w:val="00EC362E"/>
     <w:rsid w:val="00EC5816"/>
     <w:rsid w:val="00EC60DA"/>
     <w:rsid w:val="00EC7A3A"/>
     <w:rsid w:val="00ED1C9F"/>
     <w:rsid w:val="00ED229C"/>
     <w:rsid w:val="00ED2EE6"/>
     <w:rsid w:val="00ED2F5C"/>
     <w:rsid w:val="00ED4BC2"/>
     <w:rsid w:val="00EE238B"/>
     <w:rsid w:val="00EE28C6"/>
     <w:rsid w:val="00EE3CA4"/>
     <w:rsid w:val="00EE3F15"/>
     <w:rsid w:val="00EE58D9"/>
     <w:rsid w:val="00EE746B"/>
+    <w:rsid w:val="00EE7542"/>
     <w:rsid w:val="00EE7B90"/>
     <w:rsid w:val="00EF1505"/>
     <w:rsid w:val="00EF155D"/>
     <w:rsid w:val="00EF29A8"/>
     <w:rsid w:val="00EF6372"/>
     <w:rsid w:val="00EF6A90"/>
     <w:rsid w:val="00EF755F"/>
     <w:rsid w:val="00EF7A81"/>
     <w:rsid w:val="00F00D38"/>
     <w:rsid w:val="00F03210"/>
     <w:rsid w:val="00F03B31"/>
     <w:rsid w:val="00F03CD4"/>
     <w:rsid w:val="00F055B6"/>
     <w:rsid w:val="00F0622B"/>
     <w:rsid w:val="00F064FD"/>
     <w:rsid w:val="00F073EC"/>
     <w:rsid w:val="00F075F7"/>
     <w:rsid w:val="00F079A3"/>
     <w:rsid w:val="00F132A2"/>
     <w:rsid w:val="00F135FC"/>
+    <w:rsid w:val="00F14204"/>
     <w:rsid w:val="00F15533"/>
     <w:rsid w:val="00F17998"/>
     <w:rsid w:val="00F2147C"/>
     <w:rsid w:val="00F226D5"/>
     <w:rsid w:val="00F241F0"/>
     <w:rsid w:val="00F2703C"/>
     <w:rsid w:val="00F31082"/>
     <w:rsid w:val="00F324F6"/>
     <w:rsid w:val="00F3675A"/>
     <w:rsid w:val="00F3761C"/>
     <w:rsid w:val="00F415EC"/>
     <w:rsid w:val="00F417CB"/>
     <w:rsid w:val="00F41A27"/>
     <w:rsid w:val="00F422F6"/>
     <w:rsid w:val="00F4475A"/>
     <w:rsid w:val="00F45B05"/>
     <w:rsid w:val="00F4791C"/>
     <w:rsid w:val="00F47AAC"/>
     <w:rsid w:val="00F546DB"/>
     <w:rsid w:val="00F54B33"/>
     <w:rsid w:val="00F55255"/>
     <w:rsid w:val="00F56A42"/>
     <w:rsid w:val="00F56A6C"/>
     <w:rsid w:val="00F57FB9"/>
     <w:rsid w:val="00F61F46"/>
@@ -5790,50 +5910,51 @@
     <w:rsid w:val="00F814DD"/>
     <w:rsid w:val="00F8254A"/>
     <w:rsid w:val="00F8779E"/>
     <w:rsid w:val="00F914FB"/>
     <w:rsid w:val="00F91EA6"/>
     <w:rsid w:val="00F93773"/>
     <w:rsid w:val="00F94DA2"/>
     <w:rsid w:val="00F963E4"/>
     <w:rsid w:val="00F97212"/>
     <w:rsid w:val="00FA0A88"/>
     <w:rsid w:val="00FA1566"/>
     <w:rsid w:val="00FA3129"/>
     <w:rsid w:val="00FA4FBC"/>
     <w:rsid w:val="00FA540F"/>
     <w:rsid w:val="00FA6595"/>
     <w:rsid w:val="00FB0E30"/>
     <w:rsid w:val="00FB0F3D"/>
     <w:rsid w:val="00FB30FD"/>
     <w:rsid w:val="00FB3526"/>
     <w:rsid w:val="00FB48FD"/>
     <w:rsid w:val="00FC018B"/>
     <w:rsid w:val="00FC0226"/>
     <w:rsid w:val="00FC0F11"/>
     <w:rsid w:val="00FC37CB"/>
     <w:rsid w:val="00FC769B"/>
+    <w:rsid w:val="00FC78BE"/>
     <w:rsid w:val="00FC7BFF"/>
     <w:rsid w:val="00FD4878"/>
     <w:rsid w:val="00FD7A38"/>
     <w:rsid w:val="00FE04C0"/>
     <w:rsid w:val="00FE22CB"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7329"/>
     <w:rsid w:val="00FF22F4"/>
     <w:rsid w:val="00FF319C"/>
     <w:rsid w:val="00FF3F51"/>
     <w:rsid w:val="0B3BD977"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -8196,96 +8317,213 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AE74C81"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="58DAFFC6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="720"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="410591052">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="119299330">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007B19C3"/>
     <w:rsid w:val="00154260"/>
     <w:rsid w:val="00162D89"/>
     <w:rsid w:val="002501FB"/>
     <w:rsid w:val="004B1B72"/>
     <w:rsid w:val="00597B04"/>
     <w:rsid w:val="00664B63"/>
     <w:rsid w:val="007B19C3"/>
     <w:rsid w:val="007D1F50"/>
     <w:rsid w:val="008228BE"/>
     <w:rsid w:val="008711A1"/>
     <w:rsid w:val="00875E4B"/>
     <w:rsid w:val="00930E6A"/>
     <w:rsid w:val="00A17290"/>
     <w:rsid w:val="00B10CD1"/>
     <w:rsid w:val="00B852C4"/>
     <w:rsid w:val="00BD2D6D"/>
     <w:rsid w:val="00CD4ADE"/>
     <w:rsid w:val="00D135C6"/>
     <w:rsid w:val="00D5065A"/>
     <w:rsid w:val="00D84AB7"/>
     <w:rsid w:val="00E04245"/>
     <w:rsid w:val="00F324F6"/>
+    <w:rsid w:val="00FC78BE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8703,999 +8941,359 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008228BE"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C4F44BCB18A4BAAAE2FC7A3E97B7E93">
-[...61 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Orginal">
     <w:name w:val="Orginal"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="008228BE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b w:val="0"/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
-    </w:rPr>
-[...255 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C4F44BCB18A4BAAAE2FC7A3E97B7E931">
     <w:name w:val="0C4F44BCB18A4BAAAE2FC7A3E97B7E931"/>
     <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="659B10E829EE4AA9954CC7D7F7AAE1251">
     <w:name w:val="659B10E829EE4AA9954CC7D7F7AAE1251"/>
     <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:b/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C0FC15E56DA34B64AD1C342066831CD21">
     <w:name w:val="C0FC15E56DA34B64AD1C342066831CD21"/>
     <w:rsid w:val="008228BE"/>
-    <w:pPr>
-[...318 lines deleted...]
-    <w:rsid w:val="002501FB"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E497060524CC464180AAD53DA0695A6A2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E497060524CC464180AAD53DA0695A6A1">
+    <w:name w:val="E497060524CC464180AAD53DA0695A6A1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB1E17F67F6F4BAEA7C2BAC36A35E1272">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB1E17F67F6F4BAEA7C2BAC36A35E1271">
+    <w:name w:val="BB1E17F67F6F4BAEA7C2BAC36A35E1271"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="num" w:pos="1440"/>
       </w:tabs>
       <w:spacing w:before="255" w:after="0" w:line="260" w:lineRule="atLeast"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CD04A071F334DD8A50153B4520D9FE02">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CD04A071F334DD8A50153B4520D9FE01">
+    <w:name w:val="0CD04A071F334DD8A50153B4520D9FE01"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19A47888BC324750A07A35693B2B41832">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="19A47888BC324750A07A35693B2B41831">
+    <w:name w:val="19A47888BC324750A07A35693B2B41831"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6297CF4A3844966AD493FFD081107E82">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6297CF4A3844966AD493FFD081107E81">
+    <w:name w:val="B6297CF4A3844966AD493FFD081107E81"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4C253F2FBF045ACBDAFBF7B8DA6321B2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4C253F2FBF045ACBDAFBF7B8DA6321B1">
+    <w:name w:val="C4C253F2FBF045ACBDAFBF7B8DA6321B1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E498484BAD84B3EB86C97BD6F1769762">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E498484BAD84B3EB86C97BD6F1769761">
+    <w:name w:val="0E498484BAD84B3EB86C97BD6F1769761"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7863">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50D76FFA3B78416A9B8394D2CE3EA7861">
+    <w:name w:val="50D76FFA3B78416A9B8394D2CE3EA7861"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3225E736869A4257A089E6CC2CB6BCCE2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3225E736869A4257A089E6CC2CB6BCCE1">
+    <w:name w:val="3225E736869A4257A089E6CC2CB6BCCE1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFAAB21085ED4D85BD83E02305F7C83C2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFAAB21085ED4D85BD83E02305F7C83C1">
+    <w:name w:val="CFAAB21085ED4D85BD83E02305F7C83C1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4276BA68A2A4E53B46C052E160490AC2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C4276BA68A2A4E53B46C052E160490AC1">
+    <w:name w:val="C4276BA68A2A4E53B46C052E160490AC1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B4F60F5B978472797A3B1021AF8305E2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B4F60F5B978472797A3B1021AF8305E1">
+    <w:name w:val="0B4F60F5B978472797A3B1021AF8305E1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8278362AD9B3471A940F6AB79C95DA682">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8278362AD9B3471A940F6AB79C95DA681">
+    <w:name w:val="8278362AD9B3471A940F6AB79C95DA681"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E7396BEE5AC4A7386D356AEDC7415FB2">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9E7396BEE5AC4A7386D356AEDC7415FB1">
+    <w:name w:val="9E7396BEE5AC4A7386D356AEDC7415FB1"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D839955CCA845BBB277BFDAA393DD302">
-[...1 lines deleted...]
-    <w:rsid w:val="002501FB"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D839955CCA845BBB277BFDAA393DD301">
+    <w:name w:val="2D839955CCA845BBB277BFDAA393DD301"/>
+    <w:rsid w:val="008228BE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
@@ -9984,71 +9582,80 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="83f370fc-2ab7-41b7-87f7-d7459a3f2056">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="ad4e92909ef1b2d12cf98eebd9665f10">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="dd256184930979281fa6924a6b981852" ns2:_="" ns3:_="">
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="f546aade69f14f21ae67d4e3cdfb1342">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5ea9cf0f9491d4fb980fea43f717c3bf" ns2:_="" ns3:_="">
     <xsd:import namespace="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <xsd:import namespace="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -10251,141 +9858,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{407363A0-188C-46FB-ACE9-4648702DEB59}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10029F5B-DBD5-46F2-8199-2AAEEF415D8E}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E9365BF-3EA3-41B5-8F7E-6DFDA8AFD78D}"/>
+</file>
+
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>00 Vorlage A4 hoch 2.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>685</Words>
-  <Characters>4318</Characters>
+  <Words>729</Words>
+  <Characters>4599</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4994</CharactersWithSpaces>
+  <CharactersWithSpaces>5318</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4390955</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:julia.arnold@hslu.ch</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1179761</vt:i4>
       </vt:variant>