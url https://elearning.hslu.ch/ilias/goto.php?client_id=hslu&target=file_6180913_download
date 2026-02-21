--- v0 (2025-11-04)
+++ v1 (2026-02-21)
@@ -1,78 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="image/png"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1C33E433" w14:textId="77777777" w:rsidR="00537B20" w:rsidRPr="00C6782B" w:rsidRDefault="00537B20" w:rsidP="00504191">
       <w:pPr>
         <w:sectPr w:rsidR="00537B20" w:rsidRPr="00C6782B" w:rsidSect="00582174">
-          <w:headerReference w:type="default" r:id="rId13"/>
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="2495" w:right="737" w:bottom="1701" w:left="1474" w:header="567" w:footer="737" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D34A0F0" w14:textId="77777777" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="DokumentTypenFormat"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="MacroStartPosition"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t xml:space="preserve">Anmeldeformular für das Modul 009 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC63333" w14:textId="570EF06D" w:rsidR="005D1D0B" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="DokumentTypenFormat"/>
       </w:pPr>
       <w:r>
         <w:t>Praxiseinsatz | Praxisrecherche</w:t>
       </w:r>
@@ -99,178 +106,182 @@
       </w:pPr>
       <w:r>
         <w:t>Name:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1711873100"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="72704855" w14:textId="3E447B9B" w:rsidR="0078483A" w:rsidRPr="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Vorname:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="645942529"/>
           <w:placeholder>
             <w:docPart w:val="B9E931E7C4B64BB0A882DEB0A801AF63"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="5EE140FA" w14:textId="034DBC31" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>E-Mail:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="515127919"/>
           <w:placeholder>
             <w:docPart w:val="177C8C0E00E94019B3385A712049ED78"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4E8AB1C5" w14:textId="54BD2F61" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0078483A">
         <w:t>Studierendengruppe</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1315091958"/>
           <w:placeholder>
             <w:docPart w:val="77DE87BD02BE44E0AC3678160A2DDBD9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="446D8092" w14:textId="59C41F42" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>(z.B. VZSA.2401)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
@@ -300,95 +311,97 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Studienrichtung:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1898964881"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Sozialarbeit</w:t>
       </w:r>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="867874867"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Soziokultur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA6B4BA" w14:textId="40084B4E" w:rsidR="0078483A" w:rsidRPr="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
@@ -407,389 +420,382 @@
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="470957420"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Sozialpädagogik </w:t>
       </w:r>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-714895248"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b w:val="0"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="0078483A">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> NKI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367382D2" w14:textId="76E7E0C0" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
+    <w:p w14:paraId="367382D2" w14:textId="4C6C8D28" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Art des Einsatzes </w:t>
+        <w:t>Art de</w:t>
+      </w:r>
+      <w:r w:rsidR="0009258B">
+        <w:t>r Praxiserfahrung</w:t>
       </w:r>
       <w:r w:rsidR="00F10037">
-        <w:t xml:space="preserve">im Inland </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(nur ein Kreuz setzen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F5B1AFA" w14:textId="454C1D46" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Praxiseinsatz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696E3DF7" w14:textId="5CABC6FA" w:rsidR="0078483A" w:rsidRDefault="00000000" w:rsidP="0078483A">
+    <w:p w14:paraId="696E3DF7" w14:textId="71D27446" w:rsidR="0078483A" w:rsidRDefault="006737F9" w:rsidP="0078483A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-229461840"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0078483A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0078483A" w:rsidRPr="00AC3C45">
         <w:t>Freiwilligeneinsatz oder ehrenamtliche Tätigkeit in einer Sozialen Organisation oder einem gemeinnützigen Projekt</w:t>
       </w:r>
       <w:r w:rsidR="00F10037">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E07E9">
-        <w:t>im Inland.</w:t>
+        <w:t>im Inland</w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:t xml:space="preserve"> (Schweiz)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E07E9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72FEB7D6" w14:textId="77777777" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B423639" w14:textId="5170608E" w:rsidR="0078483A" w:rsidRDefault="00000000" w:rsidP="0078483A">
+    <w:p w14:paraId="4B423639" w14:textId="013538E4" w:rsidR="0078483A" w:rsidRDefault="006737F9" w:rsidP="0078483A">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2014873143"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0078483A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0078483A" w:rsidRPr="00AC3C45">
         <w:t>Bezahlte Tätigkeit in einer sozialen Organisation</w:t>
       </w:r>
       <w:r w:rsidR="00F10037">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E07E9">
-        <w:t>im Inland.</w:t>
+        <w:t>im Inland</w:t>
+      </w:r>
+      <w:r w:rsidR="00032FE1">
+        <w:t xml:space="preserve"> (Schweiz)</w:t>
+      </w:r>
+      <w:r w:rsidR="007E07E9">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E77221B" w14:textId="2CF9D84B" w:rsidR="0078483A" w:rsidRDefault="0078483A" w:rsidP="0078483A">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r w:rsidRPr="0078483A">
         <w:t>Praxisrecherche</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9608A3" w14:textId="28A2AB1C" w:rsidR="0078483A" w:rsidRDefault="00000000" w:rsidP="0078483A">
+    <w:p w14:paraId="040C21BD" w14:textId="6F0201E5" w:rsidR="009029DC" w:rsidRDefault="006737F9" w:rsidP="00B937E5">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="754017019"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="0078483A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="0078483A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0078483A" w:rsidRPr="00AC3C45">
-        <w:t>Recherche in der Praxis oder zu einem berufsrelevanten Thema</w:t>
-[...50 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve">Recherche in der Praxis zu einem </w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:t>professions</w:t>
+      </w:r>
+      <w:r w:rsidR="0078483A" w:rsidRPr="00AC3C45">
+        <w:t>relevanten Thema</w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F6050DD" w14:textId="6C54F4B5" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Genauere Umschreibung des vorgesehenen Einsatzes oder der geplanten Recherche (separates Blatt verwenden) - Berücksichtigen Sie den Lernzielraster auf der </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="009029DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Plattform</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5CCB54C2" w14:textId="77777777" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Bei Praxiseinsatz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B2CB5B" w14:textId="77777777" w:rsidR="002918A7" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Eckdaten zur Organisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7F72EF" w14:textId="47FF3C70" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="002918A7">
+    <w:p w14:paraId="7F7F72EF" w14:textId="529A711A" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="002918A7">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="567"/>
       </w:pPr>
       <w:r>
-        <w:t>(Art der Organisation, Zielsetzung, Adressaten, Mitarbeitende, Finanzierung usw.)</w:t>
+        <w:t xml:space="preserve">(Art der Organisation, Zielsetzung, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Adressat</w:t>
+      </w:r>
+      <w:r w:rsidR="003664E2">
+        <w:t>:innen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, Mitarbeitende, Finanzierung usw.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57694092" w14:textId="033F2F76" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Aufgaben, die </w:t>
       </w:r>
       <w:r w:rsidR="002918A7">
         <w:t>innerhalb der</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Organisation wahr</w:t>
       </w:r>
       <w:r w:rsidR="002918A7">
         <w:t>genommen werden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BDF03B7" w14:textId="4ABBB2EB" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Umfang / Häufigkeit des Einsatzes </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="359E8C27" w14:textId="7EC072A5" w:rsidR="009029DC" w:rsidRDefault="002918A7" w:rsidP="009029DC">
+    <w:p w14:paraId="359E8C27" w14:textId="4F4A878A" w:rsidR="009029DC" w:rsidRDefault="002918A7" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Ü</w:t>
       </w:r>
       <w:r w:rsidR="009029DC">
         <w:t xml:space="preserve">berprüfbare Lernziele, die mit dem Einsatz erreicht werden sollen </w:t>
       </w:r>
+      <w:r w:rsidR="00014E7D">
+        <w:t>(Nutzen Sie den Lernzielraster, die Vorlage finden Sie auf der Plattform)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1E7373A2" w14:textId="10C8EF81" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Bezug zur Sozialen Arbeit unter Einbezug des Berufskodex der Sozialen Arbeit Schweiz</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B12ECEE" w14:textId="77777777" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
       </w:pPr>
       <w:r>
         <w:t>Bei Praxisrecherche</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1855E2B8" w14:textId="459E88E5" w:rsidR="002918A7" w:rsidRDefault="002918A7" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
@@ -813,673 +819,834 @@
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Motivation für die Recherche darlegen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3A24B3" w14:textId="24B7F59D" w:rsidR="002918A7" w:rsidRDefault="002918A7" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Vorgehensweise und Zeitplan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50184A44" w14:textId="2DB87464" w:rsidR="009029DC" w:rsidRDefault="002918A7" w:rsidP="009029DC">
+    <w:p w14:paraId="71D83DC5" w14:textId="77777777" w:rsidR="00014E7D" w:rsidRDefault="002918A7" w:rsidP="00014E7D">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Ü</w:t>
       </w:r>
       <w:r w:rsidR="009029DC">
         <w:t xml:space="preserve">berprüfbare Lernziele, die mit dem Einsatz erreicht werden sollen </w:t>
       </w:r>
+      <w:r w:rsidR="00014E7D">
+        <w:t>(Nutzen Sie den Lernzielraster, die Vorlage finden Sie auf der Plattform)</w:t>
+      </w:r>
     </w:p>
+    <w:p w14:paraId="50184A44" w14:textId="0FC6B152" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="00014E7D"/>
     <w:p w14:paraId="2AFF5013" w14:textId="289330C8" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:t>Bezug zur Sozialen Arbeit unter Einbezug des Berufskodex der Sozialen Arbeit Schweiz</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B16F2A6" w14:textId="4DA4AE21" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
+    <w:p w14:paraId="6CDAAB0A" w14:textId="27EA6399" w:rsidR="00DC258F" w:rsidRDefault="009029DC" w:rsidP="00DC258F">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Modulumfang</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="569F0167" w14:textId="2D05C2BB" w:rsidR="009029DC" w:rsidRDefault="00000000" w:rsidP="009029DC">
+    <w:p w14:paraId="70E1A84E" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F"/>
+    <w:p w14:paraId="412D1BD8" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC258F">
+        <w:t>3 ECTS = 70 Stunden Einsatz/Recherche und 20 Stunden für das Verfassen des Leistungsnachweises.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A91FFF6" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC258F">
+        <w:t>6 ECTS = 150 Stunden Einsatz/Recherche und 30 Stunden für das Verfassen des Leistungsnachweises.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E88623A" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRPr="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F"/>
+    <w:p w14:paraId="569F0167" w14:textId="790BFF99" w:rsidR="009029DC" w:rsidRPr="00B144E1" w:rsidRDefault="006737F9" w:rsidP="009029DC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
           <w:id w:val="-1124151170"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009029DC">
+          <w:r w:rsidR="009029DC" w:rsidRPr="00B144E1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009029DC">
+      <w:r w:rsidR="009029DC" w:rsidRPr="00B144E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 3 ECTS</w:t>
       </w:r>
-      <w:r w:rsidR="009029DC">
+      <w:r w:rsidR="00B144E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009029DC">
+      <w:r w:rsidR="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
           <w:id w:val="1341281409"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009029DC">
+          <w:r w:rsidR="009029DC" w:rsidRPr="00B144E1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="009029DC">
+      <w:r w:rsidR="009029DC" w:rsidRPr="00B144E1">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 6 ECTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204F789E" w14:textId="1BDFB143" w:rsidR="006471E8" w:rsidRDefault="006471E8" w:rsidP="006471E8">
-[...5 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="359F0D2F" w14:textId="77777777" w:rsidR="00B535BD" w:rsidRPr="00B144E1" w:rsidRDefault="00B535BD" w:rsidP="009029DC">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="673BF328" w14:textId="252992B3" w:rsidR="00340027" w:rsidRDefault="00340027" w:rsidP="00340027">
-[...1 lines deleted...]
-        <w:t>Das Modul kann ab dem 2. Semester besucht werden. Es baut auf den Kompetenzen der Module 029 Schriftliche Arbeit (Verfassen einer schriftlichen Arbeit) und 021 Lern- und Bildungsprozesse (Formulierung von Lernzielen) auf.</w:t>
+    <w:p w14:paraId="1533B1AC" w14:textId="77777777" w:rsidR="00EF2FD3" w:rsidRDefault="00B535BD" w:rsidP="00B535BD">
+      <w:pPr>
+        <w:pStyle w:val="berschrift2"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>NKI Studierende:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B144E1" w:rsidRPr="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2362EFD0" w14:textId="77777777" w:rsidR="00340027" w:rsidRPr="00340027" w:rsidRDefault="00340027" w:rsidP="00340027"/>
-    <w:p w14:paraId="6B5873C0" w14:textId="69D7CC5F" w:rsidR="006471E8" w:rsidRDefault="00000000" w:rsidP="006471E8">
+    <w:p w14:paraId="3661B090" w14:textId="77777777" w:rsidR="00EF2FD3" w:rsidRPr="00EF2FD3" w:rsidRDefault="00EF2FD3" w:rsidP="00EF2FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0169B917" w14:textId="2178C062" w:rsidR="00DC258F" w:rsidRPr="00EF2FD3" w:rsidRDefault="006737F9" w:rsidP="00EF2FD3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="1661505802"/>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="1392375859"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006471E8">
+          <w:r w:rsidR="00EF2FD3">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006471E8">
-[...2 lines deleted...]
-      <w:r w:rsidR="006471E8" w:rsidRPr="0060171A">
+      <w:r w:rsidR="00B535BD" w:rsidRPr="00EF2FD3">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Modul 021</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0060171A" w:rsidRPr="0060171A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B144E1" w:rsidRPr="00EF2FD3">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lern- und Bildungsprozesse</w:t>
-[...15 lines deleted...]
-    <w:p w14:paraId="23D30E9B" w14:textId="27728F23" w:rsidR="006471E8" w:rsidRDefault="00000000" w:rsidP="006471E8">
+        <w:t>M-Minor Modul</w:t>
+      </w:r>
+      <w:r w:rsidR="00B535BD" w:rsidRPr="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:id w:val="-1923862418"/>
+          <w:rPr>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:id w:val="942335023"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="006471E8">
+          <w:r w:rsidR="00B535BD" w:rsidRPr="00EF2FD3">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              <w:lang w:val="en-US"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="006471E8">
-[...2 lines deleted...]
-      <w:r w:rsidR="006471E8" w:rsidRPr="0060171A">
+      <w:r w:rsidR="00B535BD" w:rsidRPr="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B144E1" w:rsidRPr="00EF2FD3">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>C-Core Module</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204F789E" w14:textId="1BDFB143" w:rsidR="006471E8" w:rsidRDefault="006471E8" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pStyle w:val="berschrift1"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t>Modulvoraussetzungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFCAD1F" w14:textId="69EBB0B8" w:rsidR="00B937E5" w:rsidRDefault="00576D1A" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00576D1A">
+        <w:t xml:space="preserve">Einführung in die Lernzielformulierung (Modul 021 Lern- und Bildungsprozesse, Modul 500 Lernen lernen) und dem Verfassen der ersten schriftlichen Arbeit (Modul 029 schriftliche Arbeit, Modul 501 wissenschaftliches Arbeiten). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D1F407" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="768D5834" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC258F">
+        <w:t>Start des Moduls: ab dem 2. Semester VZ &amp; NKI Studierende. Ab dem 3. Semester TZ &amp; BB Studierende.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D451395" w14:textId="77777777" w:rsidR="00576D1A" w:rsidRDefault="00576D1A" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4764F381" w14:textId="277DCB0A" w:rsidR="00DC258F" w:rsidRDefault="00B937E5" w:rsidP="00576D1A">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Bitte lesen Sie die Modulbeschreibung: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidR="00DC258F" w:rsidRPr="00DE1E33">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>https://blog.hslu.ch/praxisausbildung/modul-009/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3BB9D845" w14:textId="77777777" w:rsidR="00DC258F" w:rsidRPr="00DC258F" w:rsidRDefault="00DC258F" w:rsidP="00DC258F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D5B39CA" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="170AB0A7" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="272D16A3" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Wichtiger Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA001A5" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRPr="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="009B2A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD9D666" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="009B2A6B" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B937E5">
+        <w:t>Senden Sie die kompletten Anmeldeunterlagen</w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5" w:rsidRPr="00B937E5">
+        <w:t>per E-Mail an die Modulverantwortliche Jehva Lutz (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidR="00B937E5" w:rsidRPr="00B937E5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>jehva.lutz@hslu.ch</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00B937E5" w:rsidRPr="00B937E5">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB37CCB" w14:textId="39FCAF32" w:rsidR="00B937E5" w:rsidRDefault="00871F87" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B937E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F931555" w14:textId="1837EBAD" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">unterzeichnetes </w:t>
+      </w:r>
+      <w:r w:rsidR="00871F87" w:rsidRPr="00B937E5">
+        <w:t>Anmeldeformular</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A92AA73" w14:textId="1C5DF782" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ausgefüllter </w:t>
+      </w:r>
+      <w:r w:rsidR="00871F87" w:rsidRPr="00B937E5">
+        <w:t>Lernzielraster</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (Vorlage auf der Plattform)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F968E0" w14:textId="330EDB97" w:rsidR="00B937E5" w:rsidRDefault="00871F87" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B937E5">
+        <w:t xml:space="preserve">Umschreibung </w:t>
+      </w:r>
+      <w:r w:rsidR="002509B4">
+        <w:t xml:space="preserve">des </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937E5">
+        <w:t>Einsatz</w:t>
+      </w:r>
+      <w:r w:rsidR="002509B4">
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02CBC" w:rsidRPr="00B937E5">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002509B4">
+        <w:t xml:space="preserve"> der </w:t>
+      </w:r>
+      <w:r w:rsidR="00D02CBC" w:rsidRPr="00B937E5">
+        <w:t>Recherche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D831679" w14:textId="3EA905F0" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Zeitfenster</w:t>
+      </w:r>
+      <w:r w:rsidR="00576D1A">
+        <w:t xml:space="preserve"> (mögliche Daten)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> für das Anmeldegespräch</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79445224" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07CA248A" w14:textId="7C360456" w:rsidR="009B2A6B" w:rsidRPr="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Die Modulverantwortliche wird Ihnen eine Terminbestätigung</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A6B" w:rsidRPr="00B937E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">für das Anmeldegespräch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(online oder live) zukommen lassen</w:t>
+      </w:r>
+      <w:r w:rsidR="009B2A6B" w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329F410A" w14:textId="77777777" w:rsidR="00D02CBC" w:rsidRPr="00B937E5" w:rsidRDefault="00D02CBC" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Modul 029</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0060171A" w:rsidRPr="0060171A">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70E873E2" w14:textId="384028D2" w:rsidR="009B2A6B" w:rsidRPr="00B937E5" w:rsidRDefault="009B2A6B" w:rsidP="00BE1E6E">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> schriftliche Arbeit</w:t>
-[...5 lines deleted...]
-        <w:t>im 1. Semester des Studiums besucht habe.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Start des </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1E6E" w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Moduls</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist erst nach Abschluss de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s Anmeldegesprächs</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1E6E" w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Unterzeichnung der Modulbestätigung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B937E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> möglich.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538D1F62" w14:textId="77777777" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="49799085" w14:textId="5924ED62" w:rsidR="009029DC" w:rsidRDefault="009029DC" w:rsidP="009029DC">
+    <w:p w14:paraId="20B29652" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13D476B7" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3909A131" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="708490DF" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="215FFFEC" w14:textId="3F2E0F9F" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009029DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Datum Einreichung:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B2A6B">
+        <w:t>Datum:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-491802689"/>
           <w:placeholder>
-            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            <w:docPart w:val="BDD0BD4E5E76406D99F7FE4A849C7D8C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="009B2A6B" w:rsidRPr="009B2A6B">
+          <w:r w:rsidRPr="009B2A6B">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="7C4EC93D" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009029DC">
+    <w:p w14:paraId="7AE9D28E" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="781FAED6" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009029DC">
+    <w:p w14:paraId="773F78E9" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="771202B4" w14:textId="716743B9" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
+    <w:p w14:paraId="590E6F11" w14:textId="77777777" w:rsidR="00B937E5" w:rsidRDefault="00B937E5" w:rsidP="00B937E5">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B2A6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Unterschrift Student:in:</w:t>
+        <w:t xml:space="preserve">Unterschrift </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B2A6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Student:in</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B2A6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B2A6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="440B8A61" w14:textId="77777777" w:rsidR="009B2A6B" w:rsidRDefault="009B2A6B" w:rsidP="009B2A6B">
-[...294 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+    <w:sectPr w:rsidR="00B937E5" w:rsidSect="00540A80">
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="737" w:bottom="1701" w:left="1474" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3538DF90" w14:textId="77777777" w:rsidR="00BB4267" w:rsidRPr="00C6782B" w:rsidRDefault="00BB4267">
+    <w:p w14:paraId="4F6B20D6" w14:textId="77777777" w:rsidR="003E7D6C" w:rsidRPr="00C6782B" w:rsidRDefault="003E7D6C">
       <w:r w:rsidRPr="00C6782B">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="388949FB" w14:textId="77777777" w:rsidR="00BB4267" w:rsidRPr="00C6782B" w:rsidRDefault="00BB4267">
+    <w:p w14:paraId="75F331BB" w14:textId="77777777" w:rsidR="003E7D6C" w:rsidRPr="00C6782B" w:rsidRDefault="003E7D6C">
       <w:r w:rsidRPr="00C6782B">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -1510,129 +1677,94 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1E920A74" w14:textId="786FA34F" w:rsidR="008B4B9C" w:rsidRPr="00241B6D" w:rsidRDefault="007A5C6A" w:rsidP="00B43DFD">
+  <w:p w14:paraId="5DEBC804" w14:textId="77777777" w:rsidR="006737F9" w:rsidRDefault="006737F9">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E920A74" w14:textId="189F1128" w:rsidR="008B4B9C" w:rsidRPr="00241B6D" w:rsidRDefault="006737F9" w:rsidP="00B43DFD">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:line="210" w:lineRule="exact"/>
       <w:ind w:right="56"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:drawing>
-[...51 lines deleted...]
-      </w:drawing>
+      <w:t>§</w:t>
     </w:r>
     <w:r w:rsidR="00C26634" w:rsidRPr="00241B6D">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
@@ -1678,61 +1810,71 @@
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00C26634">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10ED4D95" w14:textId="77777777" w:rsidR="006737F9" w:rsidRDefault="006737F9">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="751C9018" w14:textId="77777777" w:rsidR="00545D85" w:rsidRDefault="00545D85">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5C62A712" w14:textId="77777777" w:rsidR="006C4D77" w:rsidRPr="00731E48" w:rsidRDefault="004B09CD" w:rsidP="00B24D45">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="7456"/>
       </w:tabs>
       <w:ind w:right="56"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="58804937" wp14:editId="4C85B82B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
@@ -1852,80 +1994,90 @@
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60D99149" w14:textId="77777777" w:rsidR="00545D85" w:rsidRDefault="00545D85">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36BE615A" w14:textId="77777777" w:rsidR="00BB4267" w:rsidRPr="00C6782B" w:rsidRDefault="00BB4267">
+    <w:p w14:paraId="5BEF58AD" w14:textId="77777777" w:rsidR="003E7D6C" w:rsidRPr="00C6782B" w:rsidRDefault="003E7D6C">
       <w:r w:rsidRPr="00C6782B">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4277187F" w14:textId="77777777" w:rsidR="00BB4267" w:rsidRPr="00C6782B" w:rsidRDefault="00BB4267">
+    <w:p w14:paraId="46F21BAD" w14:textId="77777777" w:rsidR="003E7D6C" w:rsidRPr="00C6782B" w:rsidRDefault="003E7D6C">
       <w:r w:rsidRPr="00C6782B">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30E05053" w14:textId="77777777" w:rsidR="006737F9" w:rsidRDefault="006737F9">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29C21FD9" w14:textId="77777777" w:rsidR="00504191" w:rsidRDefault="00C26634" w:rsidP="00E40D2D">
     <w:bookmarkStart w:id="0" w:name="LogoP1"/>
     <w:bookmarkStart w:id="1" w:name="_DN_Hide_3"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09B9E9F9" wp14:editId="3C51B30C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3002400" cy="835200"/>
           <wp:effectExtent l="0" t="0" r="7620" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -2084,114 +2236,124 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="3332469" cy="831599"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77CC12CB" w14:textId="77777777" w:rsidR="006737F9" w:rsidRDefault="006737F9">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="18F78D8B" w14:textId="77777777" w:rsidR="00545D85" w:rsidRDefault="00545D85">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03F75E91" w14:textId="77777777" w:rsidR="006C4D77" w:rsidRPr="00D77CCF" w:rsidRDefault="006C4D77" w:rsidP="00EC271D"/>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A51477C" w14:textId="77777777" w:rsidR="00545D85" w:rsidRDefault="00545D85">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D3B45FA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A44778"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A26A2F98"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="-397"/>
+          <w:tab w:val="num" w:pos="-255"/>
         </w:tabs>
-        <w:ind w:left="397" w:hanging="397"/>
+        <w:ind w:left="539" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:caps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:vanish w:val="0"/>
         <w:color w:val="000000"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
@@ -2872,50 +3034,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FCE279F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6174F73C"/>
+    <w:lvl w:ilvl="0" w:tplc="08070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B9E50A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E84D7A8"/>
     <w:lvl w:ilvl="0" w:tplc="0A804F28">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1215" w:hanging="855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2983,51 +3258,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6CBC35B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7661AB8"/>
     <w:lvl w:ilvl="0" w:tplc="0A804F28">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1575" w:hanging="855"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3095,51 +3370,51 @@
     <w:lvl w:ilvl="7" w:tplc="08070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7ADC1B1C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="682E2A62"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListWithCheckboxes"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3209,51 +3484,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F326723"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BB7AD2AA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListWithSymbols"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3327,51 +3602,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7FE26558"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7ABAD6D4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Thema"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3442,116 +3717,120 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1450590596">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1722434233">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1452438253">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="17397116">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="511336215">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="441535040">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="856844412">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="441463256">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1522624051">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="193690215">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="10879386">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1953853265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="632365652">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="794561521">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1540245328">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="100610934">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="32341471">
     <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="955910987">
+    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="147"/>
+  <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="9DM77U1DWTNu6dGdG04lpt5P17cd6S/ICXX8RhfofiZPNYKQI/pkVq2dvmedO3j9mJGuE4A0w8r45xL1pcVkoA==" w:salt="2+evAEg3fWEvRvZwuY3+AA=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
@@ -3615,125 +3894,130 @@
     <w:docVar w:name="OawSendRestore.2006121210395821292110" w:val="&lt;source&gt;&lt;documentProperty UID=&quot;2002122011014149059130932&quot;&gt;&lt;Fields List=&quot;LogoLarge|LogoSmall|LogoFooter&quot;/&gt;&lt;OawPicture name=&quot;Organisation.LogoLarge&quot; field=&quot;LogoLarge&quot; UID=&quot;2007080614125898476083&quot; top=&quot;0&quot; left=&quot;0&quot; relativeHorizontalPosition=&quot;1&quot; relativeVerticalPosition=&quot;1&quot; horizontalAdjustment=&quot;0&quot; verticalAdjustment=&quot;0&quot; anchorBookmark=&quot;LogoP1&quot;/&gt;&lt;OawPicture name=&quot;Organisation.LogoSmall&quot; field=&quot;LogoSmall&quot; UID=&quot;2007080614301815161019&quot; top=&quot;0&quot; left=&quot;0&quot; relativeHorizontalPosition=&quot;1&quot; relativeVerticalPosition=&quot;1&quot; horizontalAdjustment=&quot;0&quot; verticalAdjustment=&quot;0&quot; anchorBookmark=&quot;LogoPn&quot;/&gt;&lt;OawPicture name=&quot;Organisation.LogoFooter&quot; field=&quot;LogoFooter&quot; UID=&quot;2007080810342414363444&quot; top=&quot;2770&quot; left=&quot;0&quot; relativeHorizontalPosition=&quot;1&quot; relativeVerticalPosition=&quot;1&quot; horizontalAdjustment=&quot;0&quot; verticalAdjustment=&quot;0&quot; anchorBookmark=&quot;LogoP1&quot;/&gt;&lt;/documentProperty&gt;&lt;documentProperty UID=&quot;&quot;&gt;&lt;Fields List=&quot;&quot;/&gt;&lt;OawDocProperty name=&quot;Outputprofile.InternalPath&quot; field=&quot;&quot;/&gt;&lt;OawDocProperty name=&quot;Outputprofile.DraftPathTime&quot; field=&quot;&quot;/&gt;&lt;OawPicture name=&quot;Signature1&quot; field=&quot;&quot; UID=&quot;2007080811584278103525&quot; top=&quot;-150&quot; left=&quot;-100&quot; relativeHorizontalPosition=&quot;0&quot; relativeVerticalPosition=&quot;2&quot; horizontalAdjustment=&quot;0&quot; verticalAdjustment=&quot;0&quot; anchorBookmark=&quot;Signature&quot;/&gt;&lt;OawPicture name=&quot;Signature2&quot; field=&quot;&quot; UID=&quot;2007080812583857137488&quot; top=&quot;-150&quot; left=&quot;650&quot; relativeHorizontalPosition=&quot;0&quot; relativeVerticalPosition=&quot;2&quot; horizontalAdjustment=&quot;0&quot; verticalAdjustment=&quot;0&quot; anchorBookmark=&quot;Signature&quot;/&gt;&lt;/documentProperty&gt;&lt;documentProperty UID=&quot;2003070216009988776655&quot;&gt;&lt;OawDocProperty name=&quot;BM_Subject&quot; field=&quot;Subject&quot;/&gt;&lt;OawDocProperty name=&quot;BM_Text&quot; field=&quot;Text&quot;/&gt;&lt;OawDocProperty name=&quot;BM_Enclosures&quot; field=&quot;Enclosures&quot;/&gt;&lt;/documentProperty&gt;&lt;/source&gt;"/>
     <w:docVar w:name="OawTemplateProperties" w:val="password:=&lt;Semicolon/&gt;MnO`rrvnqc.=;jumpToFirstField:=1;dotReverenceRemove:=1;resizeA4Letter:=0;showAllNoteItems:=0;CharCodeChecked:=;CharCodeUnchecked:=;WizardSteps:=0|1|2;DocumentTitle:=;DisplayName:=&lt;translate&gt;Template.Letter&lt;/translate&gt;;ID:=;protectionType:=-1;"/>
     <w:docVar w:name="OawTemplatePropertiesXML" w:val="&lt;?xml version=&quot;1.0&quot;?&gt;_x000d_&lt;TemplateProperties&gt;&lt;RecipientFields&gt;&lt;Field UID=&quot;2004031513575326984562&quot; Label=&quot;&quot;/&gt;&lt;Field UID=&quot;2004031514011258946758&quot; Label=&quot;&quot;/&gt;&lt;Field UID=&quot;2004031514034574120309&quot; Label=&quot;&quot;/&gt;&lt;Field UID=&quot;2004031181448127964532&quot; Label=&quot;&quot;/&gt;&lt;Field UID=&quot;2004031181449458765301&quot; Label=&quot;&quot;/&gt;&lt;/RecipientFields&gt;&lt;ProtectionType&gt;-1&lt;/ProtectionType&gt;&lt;Password&gt;&lt;/Password&gt;&lt;/TemplateProperties&gt;_x000d_"/>
     <w:docVar w:name="OawTemplateVersion" w:val="12"/>
     <w:docVar w:name="OawTemplPropsCm" w:val="&lt;TemplPropsCm xmlns:xsi=&quot;http://www.w3.org/2001/XMLSchema-instance&quot; xsi:noNamespaceSchemaLocation=&quot;TemplPropsCm_1.xsd&quot; SchemaVersion=&quot;1&quot; TemplateID=&quot;&quot; TemplateVersion=&quot;&quot;&gt;_x000d_&lt;Bookmark Name=&quot;Subject&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartContent.Subject&amp;lt;/translate&amp;gt;&quot; Style=&quot;Subject&quot;/&gt;_x000d_&lt;Bookmark Name=&quot;Text&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartContent.Text&amp;lt;/translate&amp;gt;&quot;/&gt;_x000d_&lt;Bookmark Name=&quot;Enclosures&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartContent.Enclosures&amp;lt;/translate&amp;gt;&quot;/&gt;"/>
     <w:docVar w:name="OawTemplPropsStm" w:val="&lt;TemplPropsStm xmlns:xsi=&quot;http://www.w3.org/2001/XMLSchema-instance&quot; xsi:noNamespaceSchemaLocation=&quot;TemplPropsStm_1.xsd&quot; SchemaVersion=&quot;1&quot; TemplateID=&quot;&quot; TemplateVersion=&quot;&quot;&gt;_x000d_&lt;Bookmark Name=&quot;Subject&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartTemplate.Subject&amp;lt;/translate&amp;gt;&quot; Style=&quot;Subject&quot;/&gt;_x000d_&lt;Bookmark Name=&quot;Text&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartTemplate.Text&amp;lt;/translate&amp;gt;&quot;/&gt;_x000d_&lt;Bookmark Name=&quot;Enclosures&quot; Label=&quot;&amp;lt;translate&amp;gt;SmartTemplate.Enclosures&amp;lt;/translate&amp;gt;&quot; Style=&quot;Enclosures&quot;/&gt;_x000d_&lt;/TemplPropsStm&gt;"/>
     <w:docVar w:name="OawVersionPicture.2007080614125898476083" w:val="hslu_d.hslu.g.2100.500.wmf;2017.01.06-10:57:46"/>
     <w:docVar w:name="OawVersionPicture.2007080614301815161019" w:val="hslu_d.hslu.k.2100.250.wmf;2007.07.25-16:48:18"/>
     <w:docVar w:name="OawVersionPicture.2007080810342414363444" w:val="hslu_allgemeinefqm.f.2100.200.wmf;2016.03.08-13:39:44"/>
     <w:docVar w:name="OawVersionPictureInline.2007080614125898476083" w:val="hslu_d.hslu.g.2100.500.wmf;2017.01.06-10:57:46"/>
     <w:docVar w:name="OawVersionPictureInline.2007080614301815161019" w:val="hslu_d.hslu.k.2100.250.wmf;2007.07.25-16:48:18"/>
     <w:docVar w:name="OawVersionPictureInline.2007080810342414363444" w:val="hslu_allgemeinefqm.f.2100.200.wmf;2016.03.08-13:39:44"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007A5C6A"/>
     <w:rsid w:val="00001428"/>
     <w:rsid w:val="000044E0"/>
     <w:rsid w:val="00004F52"/>
     <w:rsid w:val="00005578"/>
     <w:rsid w:val="00007210"/>
     <w:rsid w:val="000119B1"/>
     <w:rsid w:val="00011CC0"/>
     <w:rsid w:val="000123D4"/>
     <w:rsid w:val="000130ED"/>
     <w:rsid w:val="00013518"/>
+    <w:rsid w:val="00014E7D"/>
     <w:rsid w:val="000154E2"/>
     <w:rsid w:val="000212F9"/>
     <w:rsid w:val="00021302"/>
     <w:rsid w:val="00022637"/>
     <w:rsid w:val="00023156"/>
     <w:rsid w:val="000235EE"/>
     <w:rsid w:val="00031638"/>
+    <w:rsid w:val="00032FE1"/>
     <w:rsid w:val="00034809"/>
     <w:rsid w:val="00040FD6"/>
     <w:rsid w:val="0004599B"/>
     <w:rsid w:val="0005055C"/>
     <w:rsid w:val="0005144E"/>
     <w:rsid w:val="0005340F"/>
     <w:rsid w:val="00053EE6"/>
     <w:rsid w:val="00056822"/>
     <w:rsid w:val="0005789A"/>
     <w:rsid w:val="0006172A"/>
     <w:rsid w:val="00061DA6"/>
     <w:rsid w:val="00065EAF"/>
     <w:rsid w:val="00065F14"/>
     <w:rsid w:val="0007290B"/>
     <w:rsid w:val="0007646A"/>
     <w:rsid w:val="00077B6A"/>
     <w:rsid w:val="000823A8"/>
     <w:rsid w:val="00082F44"/>
     <w:rsid w:val="00083714"/>
     <w:rsid w:val="000910A2"/>
     <w:rsid w:val="0009193E"/>
     <w:rsid w:val="000924DE"/>
+    <w:rsid w:val="0009258B"/>
     <w:rsid w:val="0009509D"/>
     <w:rsid w:val="00096B52"/>
     <w:rsid w:val="00096F2D"/>
     <w:rsid w:val="00097C9D"/>
     <w:rsid w:val="000A1C9D"/>
     <w:rsid w:val="000A38D8"/>
     <w:rsid w:val="000A5183"/>
     <w:rsid w:val="000A576D"/>
     <w:rsid w:val="000A67FE"/>
     <w:rsid w:val="000A76DC"/>
     <w:rsid w:val="000A7BE1"/>
     <w:rsid w:val="000B145C"/>
     <w:rsid w:val="000B1B41"/>
     <w:rsid w:val="000B344C"/>
     <w:rsid w:val="000B35F9"/>
     <w:rsid w:val="000B4859"/>
     <w:rsid w:val="000B55AB"/>
     <w:rsid w:val="000B7FBB"/>
     <w:rsid w:val="000C024F"/>
     <w:rsid w:val="000C1C8C"/>
     <w:rsid w:val="000C2489"/>
     <w:rsid w:val="000C2826"/>
     <w:rsid w:val="000C3D4D"/>
     <w:rsid w:val="000C418E"/>
     <w:rsid w:val="000D19B3"/>
     <w:rsid w:val="000D2E3B"/>
     <w:rsid w:val="000D4E47"/>
     <w:rsid w:val="000E03A7"/>
     <w:rsid w:val="000E45AA"/>
     <w:rsid w:val="000E5FFD"/>
     <w:rsid w:val="000E606B"/>
     <w:rsid w:val="000E77DD"/>
     <w:rsid w:val="000F17CB"/>
     <w:rsid w:val="000F3291"/>
     <w:rsid w:val="000F5466"/>
     <w:rsid w:val="000F717A"/>
     <w:rsid w:val="000F79CA"/>
     <w:rsid w:val="00100419"/>
     <w:rsid w:val="00102E1B"/>
     <w:rsid w:val="00103253"/>
     <w:rsid w:val="001038D9"/>
     <w:rsid w:val="00105406"/>
     <w:rsid w:val="001116E8"/>
     <w:rsid w:val="00111B9F"/>
+    <w:rsid w:val="00113AD5"/>
     <w:rsid w:val="001162A3"/>
     <w:rsid w:val="0012191D"/>
+    <w:rsid w:val="00121BB4"/>
     <w:rsid w:val="001243E3"/>
     <w:rsid w:val="001257AE"/>
     <w:rsid w:val="00125C5C"/>
     <w:rsid w:val="00133A14"/>
     <w:rsid w:val="001349C9"/>
     <w:rsid w:val="00135D21"/>
     <w:rsid w:val="00136893"/>
     <w:rsid w:val="001421F8"/>
     <w:rsid w:val="00142235"/>
     <w:rsid w:val="00142F14"/>
     <w:rsid w:val="00145E15"/>
     <w:rsid w:val="00146AA3"/>
     <w:rsid w:val="001478F3"/>
     <w:rsid w:val="00153962"/>
     <w:rsid w:val="001543B5"/>
     <w:rsid w:val="001553F4"/>
     <w:rsid w:val="0015654E"/>
     <w:rsid w:val="00156F1E"/>
     <w:rsid w:val="00157781"/>
     <w:rsid w:val="0016621E"/>
     <w:rsid w:val="00170A59"/>
     <w:rsid w:val="00172594"/>
     <w:rsid w:val="00173AF0"/>
     <w:rsid w:val="00175A97"/>
     <w:rsid w:val="001762BB"/>
@@ -3765,106 +4049,111 @@
     <w:rsid w:val="001D597B"/>
     <w:rsid w:val="001D6AC5"/>
     <w:rsid w:val="001E3C38"/>
     <w:rsid w:val="001E5796"/>
     <w:rsid w:val="001E6A3D"/>
     <w:rsid w:val="001E74E7"/>
     <w:rsid w:val="001F0C03"/>
     <w:rsid w:val="001F6863"/>
     <w:rsid w:val="001F7CF3"/>
     <w:rsid w:val="00201F68"/>
     <w:rsid w:val="00203C8F"/>
     <w:rsid w:val="002040F4"/>
     <w:rsid w:val="00204767"/>
     <w:rsid w:val="00205335"/>
     <w:rsid w:val="00206517"/>
     <w:rsid w:val="00207483"/>
     <w:rsid w:val="00210547"/>
     <w:rsid w:val="002129AE"/>
     <w:rsid w:val="00221537"/>
     <w:rsid w:val="002254D5"/>
     <w:rsid w:val="002315B5"/>
     <w:rsid w:val="00232157"/>
     <w:rsid w:val="00233266"/>
     <w:rsid w:val="00233E30"/>
     <w:rsid w:val="00234599"/>
+    <w:rsid w:val="0023686A"/>
     <w:rsid w:val="00240124"/>
     <w:rsid w:val="0024192B"/>
     <w:rsid w:val="00241B6D"/>
     <w:rsid w:val="00243200"/>
     <w:rsid w:val="00244E44"/>
     <w:rsid w:val="002507EB"/>
+    <w:rsid w:val="002509B4"/>
     <w:rsid w:val="00253A7F"/>
     <w:rsid w:val="00254CF8"/>
     <w:rsid w:val="0025680A"/>
     <w:rsid w:val="00260B39"/>
     <w:rsid w:val="00260C6F"/>
     <w:rsid w:val="002628FA"/>
     <w:rsid w:val="00263B1C"/>
     <w:rsid w:val="00263E4C"/>
     <w:rsid w:val="002645DC"/>
     <w:rsid w:val="002655EE"/>
     <w:rsid w:val="0026584C"/>
     <w:rsid w:val="00265BBB"/>
     <w:rsid w:val="00266496"/>
     <w:rsid w:val="00266CAF"/>
     <w:rsid w:val="0026788D"/>
     <w:rsid w:val="00271318"/>
     <w:rsid w:val="00271915"/>
     <w:rsid w:val="002727C3"/>
     <w:rsid w:val="002728D1"/>
     <w:rsid w:val="00272AEA"/>
     <w:rsid w:val="00276E6C"/>
     <w:rsid w:val="002826C9"/>
     <w:rsid w:val="00282BDD"/>
     <w:rsid w:val="002848F8"/>
     <w:rsid w:val="00285383"/>
     <w:rsid w:val="002862F6"/>
     <w:rsid w:val="00287A9C"/>
     <w:rsid w:val="002918A7"/>
     <w:rsid w:val="0029209B"/>
+    <w:rsid w:val="00294C0E"/>
     <w:rsid w:val="00295797"/>
     <w:rsid w:val="002A060F"/>
     <w:rsid w:val="002A0D4A"/>
     <w:rsid w:val="002A12AA"/>
     <w:rsid w:val="002A2F40"/>
     <w:rsid w:val="002A42D3"/>
     <w:rsid w:val="002A46C0"/>
     <w:rsid w:val="002A4955"/>
     <w:rsid w:val="002A49DB"/>
     <w:rsid w:val="002A53F6"/>
     <w:rsid w:val="002A62E3"/>
     <w:rsid w:val="002A7028"/>
+    <w:rsid w:val="002B2B48"/>
     <w:rsid w:val="002B395A"/>
     <w:rsid w:val="002B3964"/>
     <w:rsid w:val="002B3C63"/>
     <w:rsid w:val="002B483B"/>
     <w:rsid w:val="002B4E10"/>
     <w:rsid w:val="002B6E80"/>
     <w:rsid w:val="002B7735"/>
     <w:rsid w:val="002B7A10"/>
     <w:rsid w:val="002C018C"/>
+    <w:rsid w:val="002C0543"/>
     <w:rsid w:val="002C3364"/>
     <w:rsid w:val="002C3897"/>
     <w:rsid w:val="002C415D"/>
     <w:rsid w:val="002C5BD7"/>
     <w:rsid w:val="002C7CF4"/>
     <w:rsid w:val="002D109E"/>
     <w:rsid w:val="002D16CB"/>
     <w:rsid w:val="002D19AF"/>
     <w:rsid w:val="002D2017"/>
     <w:rsid w:val="002D3387"/>
     <w:rsid w:val="002D3634"/>
     <w:rsid w:val="002D3A64"/>
     <w:rsid w:val="002D4354"/>
     <w:rsid w:val="002D7C5C"/>
     <w:rsid w:val="002E0A07"/>
     <w:rsid w:val="002E7357"/>
     <w:rsid w:val="002F3A1E"/>
     <w:rsid w:val="002F694B"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="0030355A"/>
     <w:rsid w:val="00307B70"/>
     <w:rsid w:val="00310369"/>
     <w:rsid w:val="00310505"/>
     <w:rsid w:val="00310743"/>
     <w:rsid w:val="003126CF"/>
@@ -3875,127 +4164,130 @@
     <w:rsid w:val="003223FF"/>
     <w:rsid w:val="00322C35"/>
     <w:rsid w:val="00322D36"/>
     <w:rsid w:val="0032754B"/>
     <w:rsid w:val="00327A1E"/>
     <w:rsid w:val="003311C3"/>
     <w:rsid w:val="00331932"/>
     <w:rsid w:val="00332715"/>
     <w:rsid w:val="0033307B"/>
     <w:rsid w:val="00333ED2"/>
     <w:rsid w:val="003342EB"/>
     <w:rsid w:val="00335B07"/>
     <w:rsid w:val="0033758F"/>
     <w:rsid w:val="00340027"/>
     <w:rsid w:val="00342F91"/>
     <w:rsid w:val="003431D1"/>
     <w:rsid w:val="00347944"/>
     <w:rsid w:val="003523B3"/>
     <w:rsid w:val="00352967"/>
     <w:rsid w:val="00357B7E"/>
     <w:rsid w:val="00361DDB"/>
     <w:rsid w:val="00362601"/>
     <w:rsid w:val="00363564"/>
     <w:rsid w:val="003638E1"/>
     <w:rsid w:val="00364BD8"/>
+    <w:rsid w:val="003664E2"/>
     <w:rsid w:val="0036763C"/>
     <w:rsid w:val="0037080A"/>
     <w:rsid w:val="003709F4"/>
     <w:rsid w:val="00370A74"/>
     <w:rsid w:val="003739DE"/>
     <w:rsid w:val="0037451F"/>
     <w:rsid w:val="00375713"/>
     <w:rsid w:val="00375817"/>
     <w:rsid w:val="00376890"/>
     <w:rsid w:val="00377B56"/>
     <w:rsid w:val="00377D83"/>
     <w:rsid w:val="003806E5"/>
     <w:rsid w:val="00384D67"/>
     <w:rsid w:val="00387C49"/>
     <w:rsid w:val="0039196F"/>
     <w:rsid w:val="003929EA"/>
     <w:rsid w:val="0039336D"/>
     <w:rsid w:val="003953B4"/>
     <w:rsid w:val="003A377D"/>
     <w:rsid w:val="003A4560"/>
     <w:rsid w:val="003A5C7A"/>
     <w:rsid w:val="003B15D3"/>
     <w:rsid w:val="003B2395"/>
     <w:rsid w:val="003B3387"/>
     <w:rsid w:val="003B7EDB"/>
     <w:rsid w:val="003C1534"/>
     <w:rsid w:val="003C3D1F"/>
     <w:rsid w:val="003C5498"/>
     <w:rsid w:val="003C73BC"/>
     <w:rsid w:val="003C78BF"/>
     <w:rsid w:val="003D1594"/>
     <w:rsid w:val="003D210E"/>
     <w:rsid w:val="003D2556"/>
     <w:rsid w:val="003D4399"/>
     <w:rsid w:val="003D5072"/>
     <w:rsid w:val="003D5EFA"/>
     <w:rsid w:val="003D5F22"/>
     <w:rsid w:val="003E089A"/>
     <w:rsid w:val="003E46AD"/>
     <w:rsid w:val="003E521A"/>
     <w:rsid w:val="003E699A"/>
+    <w:rsid w:val="003E7D6C"/>
     <w:rsid w:val="003E7E18"/>
     <w:rsid w:val="003E7F95"/>
     <w:rsid w:val="003F5CE4"/>
     <w:rsid w:val="003F653C"/>
     <w:rsid w:val="003F7C8E"/>
     <w:rsid w:val="00402508"/>
     <w:rsid w:val="00402B5A"/>
     <w:rsid w:val="00403213"/>
     <w:rsid w:val="00404D9F"/>
     <w:rsid w:val="00404F17"/>
     <w:rsid w:val="0040653F"/>
     <w:rsid w:val="00407474"/>
     <w:rsid w:val="00407D27"/>
     <w:rsid w:val="00410ECA"/>
     <w:rsid w:val="00411446"/>
     <w:rsid w:val="00411D7C"/>
     <w:rsid w:val="00414AA6"/>
     <w:rsid w:val="00414E5F"/>
     <w:rsid w:val="0041637D"/>
     <w:rsid w:val="00420403"/>
     <w:rsid w:val="004229FE"/>
     <w:rsid w:val="00425133"/>
     <w:rsid w:val="00427627"/>
     <w:rsid w:val="00427E29"/>
     <w:rsid w:val="00431ED0"/>
     <w:rsid w:val="00433BEC"/>
     <w:rsid w:val="00436873"/>
     <w:rsid w:val="00436944"/>
     <w:rsid w:val="00437698"/>
     <w:rsid w:val="004404A7"/>
     <w:rsid w:val="00443F03"/>
     <w:rsid w:val="00444470"/>
     <w:rsid w:val="00444712"/>
     <w:rsid w:val="00446146"/>
     <w:rsid w:val="004472F7"/>
     <w:rsid w:val="00450303"/>
+    <w:rsid w:val="00451374"/>
     <w:rsid w:val="0045315C"/>
     <w:rsid w:val="00453293"/>
     <w:rsid w:val="004575BA"/>
     <w:rsid w:val="00461A28"/>
     <w:rsid w:val="00462A80"/>
     <w:rsid w:val="00467333"/>
     <w:rsid w:val="00467601"/>
     <w:rsid w:val="004701A0"/>
     <w:rsid w:val="00471A74"/>
     <w:rsid w:val="00473E84"/>
     <w:rsid w:val="00474ADC"/>
     <w:rsid w:val="00475BAB"/>
     <w:rsid w:val="00477065"/>
     <w:rsid w:val="0048010E"/>
     <w:rsid w:val="004806B8"/>
     <w:rsid w:val="00481655"/>
     <w:rsid w:val="00485BEE"/>
     <w:rsid w:val="0048601E"/>
     <w:rsid w:val="00486D68"/>
     <w:rsid w:val="004872E6"/>
     <w:rsid w:val="00487FD0"/>
     <w:rsid w:val="004913B4"/>
     <w:rsid w:val="004915E9"/>
     <w:rsid w:val="00492985"/>
     <w:rsid w:val="004936CB"/>
@@ -4042,50 +4334,51 @@
     <w:rsid w:val="00532369"/>
     <w:rsid w:val="00532E77"/>
     <w:rsid w:val="00534CD8"/>
     <w:rsid w:val="005363EC"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="00537B20"/>
     <w:rsid w:val="00540A80"/>
     <w:rsid w:val="00540BFD"/>
     <w:rsid w:val="00543809"/>
     <w:rsid w:val="00543858"/>
     <w:rsid w:val="00545AA8"/>
     <w:rsid w:val="00545D85"/>
     <w:rsid w:val="00550F8A"/>
     <w:rsid w:val="005536C2"/>
     <w:rsid w:val="00553D8A"/>
     <w:rsid w:val="00556E05"/>
     <w:rsid w:val="00557113"/>
     <w:rsid w:val="005575E7"/>
     <w:rsid w:val="0056298A"/>
     <w:rsid w:val="00565AEE"/>
     <w:rsid w:val="00572AE8"/>
     <w:rsid w:val="00574054"/>
     <w:rsid w:val="0057564D"/>
     <w:rsid w:val="00575832"/>
     <w:rsid w:val="00576185"/>
+    <w:rsid w:val="00576D1A"/>
     <w:rsid w:val="0057709F"/>
     <w:rsid w:val="00577168"/>
     <w:rsid w:val="00582174"/>
     <w:rsid w:val="00586D7E"/>
     <w:rsid w:val="00592BF1"/>
     <w:rsid w:val="005945C2"/>
     <w:rsid w:val="00595EFC"/>
     <w:rsid w:val="005A077C"/>
     <w:rsid w:val="005A095A"/>
     <w:rsid w:val="005B2184"/>
     <w:rsid w:val="005B256F"/>
     <w:rsid w:val="005B4BBB"/>
     <w:rsid w:val="005C02C1"/>
     <w:rsid w:val="005C1028"/>
     <w:rsid w:val="005C11B8"/>
     <w:rsid w:val="005C7F2F"/>
     <w:rsid w:val="005D1707"/>
     <w:rsid w:val="005D1D0B"/>
     <w:rsid w:val="005D313D"/>
     <w:rsid w:val="005D3404"/>
     <w:rsid w:val="005D5F6E"/>
     <w:rsid w:val="005D6579"/>
     <w:rsid w:val="005E045D"/>
     <w:rsid w:val="005E110D"/>
     <w:rsid w:val="005E384C"/>
@@ -4093,66 +4386,69 @@
     <w:rsid w:val="005E7E3B"/>
     <w:rsid w:val="005F4162"/>
     <w:rsid w:val="005F555B"/>
     <w:rsid w:val="005F5911"/>
     <w:rsid w:val="005F7C34"/>
     <w:rsid w:val="0060171A"/>
     <w:rsid w:val="00612F91"/>
     <w:rsid w:val="00622B2F"/>
     <w:rsid w:val="00622CCC"/>
     <w:rsid w:val="00623C45"/>
     <w:rsid w:val="00625819"/>
     <w:rsid w:val="00625C43"/>
     <w:rsid w:val="0062667A"/>
     <w:rsid w:val="00626BC0"/>
     <w:rsid w:val="006309EF"/>
     <w:rsid w:val="00630EBD"/>
     <w:rsid w:val="006310DB"/>
     <w:rsid w:val="00631323"/>
     <w:rsid w:val="0063352C"/>
     <w:rsid w:val="00635D5B"/>
     <w:rsid w:val="00636E1C"/>
     <w:rsid w:val="00642BA7"/>
     <w:rsid w:val="006443AF"/>
     <w:rsid w:val="00644DEE"/>
     <w:rsid w:val="00644EBE"/>
+    <w:rsid w:val="00646157"/>
     <w:rsid w:val="006471E8"/>
     <w:rsid w:val="00650321"/>
     <w:rsid w:val="00650E06"/>
     <w:rsid w:val="006544DD"/>
     <w:rsid w:val="00655C62"/>
     <w:rsid w:val="006578C1"/>
     <w:rsid w:val="006639DE"/>
     <w:rsid w:val="00665BF6"/>
     <w:rsid w:val="00665BFA"/>
     <w:rsid w:val="00667B1B"/>
     <w:rsid w:val="00671466"/>
     <w:rsid w:val="0067303E"/>
+    <w:rsid w:val="006737F9"/>
     <w:rsid w:val="00674950"/>
     <w:rsid w:val="00681715"/>
     <w:rsid w:val="0068421E"/>
     <w:rsid w:val="0068498D"/>
+    <w:rsid w:val="00684FDB"/>
     <w:rsid w:val="00687B0D"/>
     <w:rsid w:val="00691AD3"/>
     <w:rsid w:val="0069330B"/>
     <w:rsid w:val="00693729"/>
     <w:rsid w:val="00697233"/>
     <w:rsid w:val="006A46F8"/>
     <w:rsid w:val="006A515A"/>
     <w:rsid w:val="006B131C"/>
     <w:rsid w:val="006B1740"/>
     <w:rsid w:val="006B202E"/>
     <w:rsid w:val="006B34D5"/>
     <w:rsid w:val="006B4565"/>
     <w:rsid w:val="006B4DE1"/>
     <w:rsid w:val="006B525A"/>
     <w:rsid w:val="006B5E61"/>
     <w:rsid w:val="006C0469"/>
     <w:rsid w:val="006C04A6"/>
     <w:rsid w:val="006C1027"/>
     <w:rsid w:val="006C138E"/>
     <w:rsid w:val="006C2B11"/>
     <w:rsid w:val="006C328F"/>
     <w:rsid w:val="006C4D77"/>
     <w:rsid w:val="006C5501"/>
     <w:rsid w:val="006C56B9"/>
     <w:rsid w:val="006C5FD2"/>
@@ -4190,100 +4486,102 @@
     <w:rsid w:val="00730FCB"/>
     <w:rsid w:val="00731AA0"/>
     <w:rsid w:val="00731E48"/>
     <w:rsid w:val="00736939"/>
     <w:rsid w:val="00737DBF"/>
     <w:rsid w:val="00740118"/>
     <w:rsid w:val="00745B8E"/>
     <w:rsid w:val="00747594"/>
     <w:rsid w:val="00750EB1"/>
     <w:rsid w:val="0075324C"/>
     <w:rsid w:val="007543AF"/>
     <w:rsid w:val="0076156C"/>
     <w:rsid w:val="00763B85"/>
     <w:rsid w:val="00765834"/>
     <w:rsid w:val="007667D1"/>
     <w:rsid w:val="007676FD"/>
     <w:rsid w:val="00773062"/>
     <w:rsid w:val="00773577"/>
     <w:rsid w:val="00774154"/>
     <w:rsid w:val="007762DD"/>
     <w:rsid w:val="00780D50"/>
     <w:rsid w:val="00782E0C"/>
     <w:rsid w:val="00783878"/>
     <w:rsid w:val="0078483A"/>
     <w:rsid w:val="00786438"/>
+    <w:rsid w:val="00791305"/>
     <w:rsid w:val="007936A0"/>
     <w:rsid w:val="00794744"/>
     <w:rsid w:val="00794932"/>
     <w:rsid w:val="00797230"/>
     <w:rsid w:val="00797980"/>
     <w:rsid w:val="007A03C7"/>
     <w:rsid w:val="007A05F4"/>
     <w:rsid w:val="007A11EF"/>
     <w:rsid w:val="007A11FF"/>
     <w:rsid w:val="007A2BCA"/>
     <w:rsid w:val="007A3B7F"/>
     <w:rsid w:val="007A4433"/>
     <w:rsid w:val="007A4810"/>
     <w:rsid w:val="007A4A79"/>
     <w:rsid w:val="007A5C6A"/>
     <w:rsid w:val="007A5CB3"/>
     <w:rsid w:val="007A61C0"/>
     <w:rsid w:val="007B0A71"/>
     <w:rsid w:val="007B25BD"/>
     <w:rsid w:val="007B453F"/>
     <w:rsid w:val="007B52BE"/>
     <w:rsid w:val="007B566B"/>
     <w:rsid w:val="007B5DEF"/>
     <w:rsid w:val="007B604C"/>
     <w:rsid w:val="007B76A3"/>
     <w:rsid w:val="007C2BFE"/>
     <w:rsid w:val="007C4472"/>
     <w:rsid w:val="007C54AB"/>
     <w:rsid w:val="007C681B"/>
     <w:rsid w:val="007C74E7"/>
     <w:rsid w:val="007C761A"/>
     <w:rsid w:val="007D0538"/>
     <w:rsid w:val="007D0E2F"/>
     <w:rsid w:val="007D2FCD"/>
     <w:rsid w:val="007D4BED"/>
     <w:rsid w:val="007D61F1"/>
     <w:rsid w:val="007D6BFC"/>
     <w:rsid w:val="007E0502"/>
     <w:rsid w:val="007E07E9"/>
     <w:rsid w:val="007E1351"/>
     <w:rsid w:val="007E1748"/>
     <w:rsid w:val="007E3727"/>
     <w:rsid w:val="007E6993"/>
     <w:rsid w:val="007E6DA8"/>
     <w:rsid w:val="007F2A97"/>
     <w:rsid w:val="007F4AA4"/>
     <w:rsid w:val="007F7FF6"/>
     <w:rsid w:val="0080013D"/>
     <w:rsid w:val="00801B6E"/>
     <w:rsid w:val="00802FF5"/>
+    <w:rsid w:val="008054FF"/>
     <w:rsid w:val="0080752B"/>
     <w:rsid w:val="008113E8"/>
     <w:rsid w:val="0081528F"/>
     <w:rsid w:val="00815AB2"/>
     <w:rsid w:val="00815E0A"/>
     <w:rsid w:val="00820B48"/>
     <w:rsid w:val="0082797F"/>
     <w:rsid w:val="0083412E"/>
     <w:rsid w:val="008341F9"/>
     <w:rsid w:val="00834F84"/>
     <w:rsid w:val="0083578E"/>
     <w:rsid w:val="008375D9"/>
     <w:rsid w:val="008428AF"/>
     <w:rsid w:val="00842DA4"/>
     <w:rsid w:val="00842DFA"/>
     <w:rsid w:val="00843526"/>
     <w:rsid w:val="008446AE"/>
     <w:rsid w:val="00845BD6"/>
     <w:rsid w:val="00845EAA"/>
     <w:rsid w:val="008520E5"/>
     <w:rsid w:val="008530B1"/>
     <w:rsid w:val="0085440D"/>
     <w:rsid w:val="0085457F"/>
     <w:rsid w:val="0085561E"/>
     <w:rsid w:val="00856CA2"/>
@@ -4296,50 +4594,51 @@
     <w:rsid w:val="00876A43"/>
     <w:rsid w:val="008773E7"/>
     <w:rsid w:val="00880333"/>
     <w:rsid w:val="00883BC9"/>
     <w:rsid w:val="0088665D"/>
     <w:rsid w:val="00886F39"/>
     <w:rsid w:val="008924C1"/>
     <w:rsid w:val="00896975"/>
     <w:rsid w:val="008A416C"/>
     <w:rsid w:val="008A4B9C"/>
     <w:rsid w:val="008A6E2D"/>
     <w:rsid w:val="008A70F0"/>
     <w:rsid w:val="008B0C14"/>
     <w:rsid w:val="008B0D4A"/>
     <w:rsid w:val="008B14B4"/>
     <w:rsid w:val="008B3166"/>
     <w:rsid w:val="008B4B9C"/>
     <w:rsid w:val="008B4DBE"/>
     <w:rsid w:val="008B752B"/>
     <w:rsid w:val="008B77D1"/>
     <w:rsid w:val="008C028D"/>
     <w:rsid w:val="008C1146"/>
     <w:rsid w:val="008C1E19"/>
     <w:rsid w:val="008C5328"/>
     <w:rsid w:val="008D42BE"/>
+    <w:rsid w:val="008D557F"/>
     <w:rsid w:val="008D620E"/>
     <w:rsid w:val="008D62AF"/>
     <w:rsid w:val="008E02BF"/>
     <w:rsid w:val="008E09ED"/>
     <w:rsid w:val="008E1E44"/>
     <w:rsid w:val="008E2C0D"/>
     <w:rsid w:val="008E4993"/>
     <w:rsid w:val="008E6CD1"/>
     <w:rsid w:val="008E7213"/>
     <w:rsid w:val="008F09F3"/>
     <w:rsid w:val="008F2D60"/>
     <w:rsid w:val="008F4370"/>
     <w:rsid w:val="008F7046"/>
     <w:rsid w:val="00901127"/>
     <w:rsid w:val="00901D9B"/>
     <w:rsid w:val="009029DC"/>
     <w:rsid w:val="00902C8F"/>
     <w:rsid w:val="00904ACE"/>
     <w:rsid w:val="00905189"/>
     <w:rsid w:val="009054DE"/>
     <w:rsid w:val="009060BB"/>
     <w:rsid w:val="009062A7"/>
     <w:rsid w:val="00907DBB"/>
     <w:rsid w:val="0091142C"/>
     <w:rsid w:val="00912AAF"/>
@@ -4423,121 +4722,125 @@
     <w:rsid w:val="00A248D6"/>
     <w:rsid w:val="00A24C61"/>
     <w:rsid w:val="00A31D54"/>
     <w:rsid w:val="00A3202E"/>
     <w:rsid w:val="00A34D4F"/>
     <w:rsid w:val="00A37573"/>
     <w:rsid w:val="00A37CA2"/>
     <w:rsid w:val="00A40077"/>
     <w:rsid w:val="00A4040D"/>
     <w:rsid w:val="00A4084C"/>
     <w:rsid w:val="00A4099E"/>
     <w:rsid w:val="00A424E2"/>
     <w:rsid w:val="00A5040F"/>
     <w:rsid w:val="00A53F2E"/>
     <w:rsid w:val="00A54D4D"/>
     <w:rsid w:val="00A60AB6"/>
     <w:rsid w:val="00A6301A"/>
     <w:rsid w:val="00A66947"/>
     <w:rsid w:val="00A717C9"/>
     <w:rsid w:val="00A72A49"/>
     <w:rsid w:val="00A73968"/>
     <w:rsid w:val="00A80177"/>
     <w:rsid w:val="00A80838"/>
     <w:rsid w:val="00A80FE6"/>
     <w:rsid w:val="00A81999"/>
+    <w:rsid w:val="00A81AA3"/>
     <w:rsid w:val="00A83DAE"/>
     <w:rsid w:val="00A91C72"/>
     <w:rsid w:val="00AA1192"/>
     <w:rsid w:val="00AA52C0"/>
     <w:rsid w:val="00AA7E37"/>
     <w:rsid w:val="00AB0EED"/>
     <w:rsid w:val="00AB1EEC"/>
     <w:rsid w:val="00AB4A3E"/>
     <w:rsid w:val="00AB4C00"/>
     <w:rsid w:val="00AB59A1"/>
     <w:rsid w:val="00AB7056"/>
     <w:rsid w:val="00AC0FB5"/>
     <w:rsid w:val="00AC1355"/>
     <w:rsid w:val="00AC3851"/>
     <w:rsid w:val="00AC637C"/>
     <w:rsid w:val="00AD0FE9"/>
     <w:rsid w:val="00AD41BF"/>
     <w:rsid w:val="00AD5518"/>
     <w:rsid w:val="00AE1B37"/>
     <w:rsid w:val="00AE21D7"/>
     <w:rsid w:val="00AF21E4"/>
     <w:rsid w:val="00AF336D"/>
     <w:rsid w:val="00AF486A"/>
     <w:rsid w:val="00B0107E"/>
     <w:rsid w:val="00B02806"/>
     <w:rsid w:val="00B06A96"/>
     <w:rsid w:val="00B0709A"/>
     <w:rsid w:val="00B12B9A"/>
+    <w:rsid w:val="00B144E1"/>
     <w:rsid w:val="00B16DB0"/>
     <w:rsid w:val="00B21773"/>
     <w:rsid w:val="00B230C7"/>
     <w:rsid w:val="00B24255"/>
     <w:rsid w:val="00B24377"/>
     <w:rsid w:val="00B24D45"/>
     <w:rsid w:val="00B25940"/>
     <w:rsid w:val="00B3176D"/>
     <w:rsid w:val="00B3304D"/>
     <w:rsid w:val="00B3385F"/>
     <w:rsid w:val="00B34833"/>
     <w:rsid w:val="00B34D30"/>
     <w:rsid w:val="00B37AF5"/>
     <w:rsid w:val="00B412D7"/>
     <w:rsid w:val="00B43DFD"/>
     <w:rsid w:val="00B43F92"/>
     <w:rsid w:val="00B444B9"/>
     <w:rsid w:val="00B44F56"/>
+    <w:rsid w:val="00B535BD"/>
     <w:rsid w:val="00B5459E"/>
     <w:rsid w:val="00B55ABB"/>
     <w:rsid w:val="00B606EF"/>
     <w:rsid w:val="00B60F32"/>
     <w:rsid w:val="00B62866"/>
     <w:rsid w:val="00B63CA0"/>
     <w:rsid w:val="00B65B95"/>
     <w:rsid w:val="00B66BEA"/>
     <w:rsid w:val="00B71418"/>
     <w:rsid w:val="00B71DD6"/>
     <w:rsid w:val="00B737C7"/>
     <w:rsid w:val="00B76112"/>
     <w:rsid w:val="00B777C6"/>
     <w:rsid w:val="00B779B1"/>
     <w:rsid w:val="00B80453"/>
     <w:rsid w:val="00B806B3"/>
     <w:rsid w:val="00B8137B"/>
     <w:rsid w:val="00B814AF"/>
     <w:rsid w:val="00B8195A"/>
     <w:rsid w:val="00B81CEA"/>
     <w:rsid w:val="00B82901"/>
     <w:rsid w:val="00B83E3B"/>
     <w:rsid w:val="00B8542F"/>
     <w:rsid w:val="00B879E6"/>
     <w:rsid w:val="00B907F1"/>
+    <w:rsid w:val="00B937E5"/>
     <w:rsid w:val="00B9388C"/>
     <w:rsid w:val="00B94B94"/>
     <w:rsid w:val="00B9648B"/>
     <w:rsid w:val="00B975C4"/>
     <w:rsid w:val="00BA115C"/>
     <w:rsid w:val="00BA6A38"/>
     <w:rsid w:val="00BA7340"/>
     <w:rsid w:val="00BB00FC"/>
     <w:rsid w:val="00BB4267"/>
     <w:rsid w:val="00BB50FB"/>
     <w:rsid w:val="00BB627A"/>
     <w:rsid w:val="00BC01A1"/>
     <w:rsid w:val="00BC1D95"/>
     <w:rsid w:val="00BC1FA0"/>
     <w:rsid w:val="00BC3033"/>
     <w:rsid w:val="00BC3070"/>
     <w:rsid w:val="00BC70BA"/>
     <w:rsid w:val="00BD35C7"/>
     <w:rsid w:val="00BD5DBA"/>
     <w:rsid w:val="00BD75BE"/>
     <w:rsid w:val="00BD79F8"/>
     <w:rsid w:val="00BE065A"/>
     <w:rsid w:val="00BE1E6E"/>
     <w:rsid w:val="00BF348D"/>
     <w:rsid w:val="00BF3DBD"/>
@@ -4647,50 +4950,51 @@
     <w:rsid w:val="00D51E70"/>
     <w:rsid w:val="00D52310"/>
     <w:rsid w:val="00D553C8"/>
     <w:rsid w:val="00D56BFF"/>
     <w:rsid w:val="00D5786A"/>
     <w:rsid w:val="00D61D0D"/>
     <w:rsid w:val="00D62755"/>
     <w:rsid w:val="00D6315C"/>
     <w:rsid w:val="00D65CE6"/>
     <w:rsid w:val="00D66034"/>
     <w:rsid w:val="00D71DD3"/>
     <w:rsid w:val="00D77CCF"/>
     <w:rsid w:val="00D8107B"/>
     <w:rsid w:val="00D839E3"/>
     <w:rsid w:val="00D8412B"/>
     <w:rsid w:val="00D9168D"/>
     <w:rsid w:val="00D962B6"/>
     <w:rsid w:val="00DA15EA"/>
     <w:rsid w:val="00DA2F39"/>
     <w:rsid w:val="00DA49EB"/>
     <w:rsid w:val="00DB2211"/>
     <w:rsid w:val="00DB630A"/>
     <w:rsid w:val="00DC1ED3"/>
     <w:rsid w:val="00DC2268"/>
     <w:rsid w:val="00DC2435"/>
+    <w:rsid w:val="00DC258F"/>
     <w:rsid w:val="00DC3F34"/>
     <w:rsid w:val="00DC3FDD"/>
     <w:rsid w:val="00DC48F7"/>
     <w:rsid w:val="00DC4DFB"/>
     <w:rsid w:val="00DC7F3C"/>
     <w:rsid w:val="00DD0102"/>
     <w:rsid w:val="00DD0535"/>
     <w:rsid w:val="00DD0889"/>
     <w:rsid w:val="00DD0A81"/>
     <w:rsid w:val="00DD1995"/>
     <w:rsid w:val="00DD1E20"/>
     <w:rsid w:val="00DD22CB"/>
     <w:rsid w:val="00DD284F"/>
     <w:rsid w:val="00DD2D11"/>
     <w:rsid w:val="00DD3231"/>
     <w:rsid w:val="00DD4BAE"/>
     <w:rsid w:val="00DD5C54"/>
     <w:rsid w:val="00DD5F7D"/>
     <w:rsid w:val="00DE17C7"/>
     <w:rsid w:val="00DE299B"/>
     <w:rsid w:val="00DE409C"/>
     <w:rsid w:val="00DE47D3"/>
     <w:rsid w:val="00DF3987"/>
     <w:rsid w:val="00DF3A43"/>
     <w:rsid w:val="00DF6416"/>
@@ -4766,50 +5070,51 @@
     <w:rsid w:val="00EB16E9"/>
     <w:rsid w:val="00EB1826"/>
     <w:rsid w:val="00EB35CA"/>
     <w:rsid w:val="00EB583F"/>
     <w:rsid w:val="00EB6B71"/>
     <w:rsid w:val="00EC2116"/>
     <w:rsid w:val="00EC271D"/>
     <w:rsid w:val="00EC2B48"/>
     <w:rsid w:val="00EC362E"/>
     <w:rsid w:val="00EC5816"/>
     <w:rsid w:val="00EC60DA"/>
     <w:rsid w:val="00EC7A3A"/>
     <w:rsid w:val="00ED1C9F"/>
     <w:rsid w:val="00ED229C"/>
     <w:rsid w:val="00ED2EE6"/>
     <w:rsid w:val="00ED4BC2"/>
     <w:rsid w:val="00EE238B"/>
     <w:rsid w:val="00EE28C6"/>
     <w:rsid w:val="00EE3CA4"/>
     <w:rsid w:val="00EE58D9"/>
     <w:rsid w:val="00EE6887"/>
     <w:rsid w:val="00EE7B90"/>
     <w:rsid w:val="00EF1505"/>
     <w:rsid w:val="00EF155D"/>
     <w:rsid w:val="00EF29A8"/>
+    <w:rsid w:val="00EF2FD3"/>
     <w:rsid w:val="00EF6372"/>
     <w:rsid w:val="00EF755F"/>
     <w:rsid w:val="00EF7A81"/>
     <w:rsid w:val="00F00D38"/>
     <w:rsid w:val="00F03210"/>
     <w:rsid w:val="00F055B6"/>
     <w:rsid w:val="00F0622B"/>
     <w:rsid w:val="00F064FD"/>
     <w:rsid w:val="00F073EC"/>
     <w:rsid w:val="00F075F7"/>
     <w:rsid w:val="00F079A3"/>
     <w:rsid w:val="00F10037"/>
     <w:rsid w:val="00F132A2"/>
     <w:rsid w:val="00F135FC"/>
     <w:rsid w:val="00F15533"/>
     <w:rsid w:val="00F17998"/>
     <w:rsid w:val="00F2147C"/>
     <w:rsid w:val="00F226D5"/>
     <w:rsid w:val="00F241F0"/>
     <w:rsid w:val="00F2703C"/>
     <w:rsid w:val="00F31082"/>
     <w:rsid w:val="00F33BAD"/>
     <w:rsid w:val="00F3675A"/>
     <w:rsid w:val="00F3761C"/>
     <w:rsid w:val="00F417CB"/>
@@ -4867,50 +5172,51 @@
     <w:rsid w:val="00FE22CB"/>
     <w:rsid w:val="00FE4818"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7329"/>
     <w:rsid w:val="00FF15CB"/>
     <w:rsid w:val="00FF22F4"/>
     <w:rsid w:val="00FF319C"/>
     <w:rsid w:val="00FF3F51"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F9C79D8"/>
   <w15:docId w15:val="{BB847785-32F0-4211-807E-BA152E825C5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -5278,73 +5584,76 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0078483A"/>
+    <w:rsid w:val="00B144E1"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:rsid w:val="0078483A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
+        <w:tab w:val="clear" w:pos="-255"/>
+        <w:tab w:val="num" w:pos="-397"/>
         <w:tab w:val="left" w:pos="397"/>
       </w:tabs>
       <w:spacing w:before="360" w:after="120" w:line="160" w:lineRule="atLeast"/>
+      <w:ind w:left="397"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
     <w:qFormat/>
     <w:rsid w:val="00CD43EA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:tabs>
@@ -5417,50 +5726,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift5Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00F20618"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="38A7C2" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocType">
     <w:name w:val="DocType"/>
@@ -6297,72 +6607,84 @@
     <w:qFormat/>
     <w:rsid w:val="00766A90"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocunizePlaceholder">
     <w:name w:val="Docunize Placeholder"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rPr>
       <w:color w:val="C71585"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00B937E5"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Verdana"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jehva.lutz@hslu.ch" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:suzanne.lischer@hslu.ch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jehva.lutz@hslu.ch" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.hslu.ch/praxisausbildung/modul-009/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jehva.lutz@hslu.ch" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.hslu.ch/praxisausbildung/modul-009/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.hslu.ch/praxisausbildung/modul-009/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.hslu.ch/praxisausbildung/" TargetMode="External"/></Relationships>
+<file path=word/_rels/footer5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.bin"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.bin"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\sharnold\AppData\Local\Temp\Docunize\00%20Vorlage%20A4%20hoch%202.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
@@ -6446,50 +6768,79 @@
           <w:name w:val="Allgemein"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A92373AD-2F2B-4CF8-9239-2F5604F24783}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="004526A7" w:rsidRDefault="00B12F76" w:rsidP="00B12F76">
           <w:pPr>
             <w:pStyle w:val="77DE87BD02BE44E0AC3678160A2DDBD9"/>
           </w:pPr>
           <w:r w:rsidRPr="00345A6C">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BDD0BD4E5E76406D99F7FE4A849C7D8C"/>
+        <w:category>
+          <w:name w:val="Allgemein"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D74A1611-7826-4F97-95C7-004401901FBE}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00452CB1" w:rsidRDefault="002B2619" w:rsidP="002B2619">
+          <w:pPr>
+            <w:pStyle w:val="BDD0BD4E5E76406D99F7FE4A849C7D8C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00345A6C">
+            <w:rPr>
+              <w:rStyle w:val="Platzhaltertext"/>
+            </w:rPr>
+            <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -6516,121 +6867,140 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B12F76"/>
+    <w:rsid w:val="000374E2"/>
     <w:rsid w:val="000A5183"/>
     <w:rsid w:val="00187459"/>
+    <w:rsid w:val="0023686A"/>
+    <w:rsid w:val="002B2619"/>
+    <w:rsid w:val="002B2B48"/>
     <w:rsid w:val="002D48C8"/>
     <w:rsid w:val="0032083C"/>
     <w:rsid w:val="003E699A"/>
     <w:rsid w:val="00405C6D"/>
     <w:rsid w:val="00412EBB"/>
     <w:rsid w:val="004229FE"/>
+    <w:rsid w:val="00451374"/>
     <w:rsid w:val="004526A7"/>
+    <w:rsid w:val="00452CB1"/>
     <w:rsid w:val="0045345A"/>
     <w:rsid w:val="004970F8"/>
     <w:rsid w:val="004B6786"/>
     <w:rsid w:val="006E647B"/>
+    <w:rsid w:val="00745E59"/>
+    <w:rsid w:val="00791305"/>
     <w:rsid w:val="007A2BCA"/>
+    <w:rsid w:val="008054FF"/>
     <w:rsid w:val="00880333"/>
+    <w:rsid w:val="008D557F"/>
     <w:rsid w:val="009B4C33"/>
     <w:rsid w:val="00A4040D"/>
+    <w:rsid w:val="00A63DE5"/>
     <w:rsid w:val="00B015F2"/>
     <w:rsid w:val="00B12F76"/>
     <w:rsid w:val="00C610C9"/>
     <w:rsid w:val="00F33BAD"/>
     <w:rsid w:val="00FF15CB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -7026,66 +7396,70 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Platzhaltertext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B12F76"/>
+    <w:rsid w:val="002B2619"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9E931E7C4B64BB0A882DEB0A801AF63">
     <w:name w:val="B9E931E7C4B64BB0A882DEB0A801AF63"/>
     <w:rsid w:val="00B12F76"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="177C8C0E00E94019B3385A712049ED78">
     <w:name w:val="177C8C0E00E94019B3385A712049ED78"/>
     <w:rsid w:val="00B12F76"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="77DE87BD02BE44E0AC3678160A2DDBD9">
     <w:name w:val="77DE87BD02BE44E0AC3678160A2DDBD9"/>
     <w:rsid w:val="00B12F76"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDD0BD4E5E76406D99F7FE4A849C7D8C">
+    <w:name w:val="BDD0BD4E5E76406D99F7FE4A849C7D8C"/>
+    <w:rsid w:val="002B2619"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="HSLU Farben">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
@@ -7367,52 +7741,52 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="6e0f749f18dc5766457212d41e7d50d4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b3641a26b885d940ae013fd526dd6fc" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="f546aade69f14f21ae67d4e3cdfb1342">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5ea9cf0f9491d4fb980fea43f717c3bf" ns2:_="" ns3:_="">
     <xsd:import namespace="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <xsd:import namespace="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
@@ -7652,51 +8026,51 @@
 </p:properties>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBDA49F2-D6A2-4558-8203-7DFBE8DEF5EA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9AF0D24-9DD1-472E-A5C0-00994DC8E157}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
@@ -7710,83 +8084,83 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C2CF82-CB9F-448E-B846-E37B386EC273}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>00 Vorlage A4 hoch 2.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>420</Words>
-  <Characters>2647</Characters>
+  <Words>404</Words>
+  <Characters>2938</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3061</CharactersWithSpaces>
+  <CharactersWithSpaces>3336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Arnold Julia HSLU SA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DocunizeTemplateID">
     <vt:i4>580</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocunizeTemplateLanguage">