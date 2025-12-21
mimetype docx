--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -584,62 +584,60 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6431AA53" w14:textId="163B044A" w:rsidR="00AA25BA" w:rsidRDefault="00AA25BA" w:rsidP="00D63E53">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA25BA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Studierende, Praxisausbildende und </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AA25BA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Mentor:innen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AA25BA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> bestätigen mit ihrer Unterschrift, dass die Lernziele gemeinsam besprochen wurden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AA2FAC7" w14:textId="77777777" w:rsidR="00AA25BA" w:rsidRDefault="00AA25BA" w:rsidP="00D63E53">
       <w:pPr>
         <w:pStyle w:val="Subject"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
@@ -4477,94 +4475,90 @@
       </w:r>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="9"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zwischen</w:t>
       </w:r>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="4"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Praxisausbildner:in</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00810288" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Student:in</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000B0E02" w:rsidRPr="00211ED7">
         <w:rPr>
           <w:spacing w:val="3"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EA90C83" w14:textId="77777777" w:rsidR="00AB0D84" w:rsidRDefault="00AB0D84" w:rsidP="00AB0D84"/>
     <w:p w14:paraId="2A61040D" w14:textId="6FFC7326" w:rsidR="00AB0D84" w:rsidRDefault="00AA7F5A" w:rsidP="00C25764">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7BCC9" w:themeFill="accent3" w:themeFillTint="66"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA7F5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ziel (Sozialkompetenz)</w:t>
       </w:r>
@@ -4910,74 +4904,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5095B47C" w14:textId="77777777" w:rsidR="002C7B78" w:rsidRDefault="002C7B78" w:rsidP="00AB0D84">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="366D8ADF" w14:textId="17193ADC" w:rsidR="002C7B78" w:rsidRDefault="008C43D5" w:rsidP="00AB0D84">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C43D5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentar </w:t>
-[...7 lines deleted...]
-        <w:t>Praxisausbildner</w:t>
+        <w:t>Kommentar Praxisausbildner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:in</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>:in:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1862000251"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0C38EF6A" w14:textId="3FCA2CCC" w:rsidR="008C43D5" w:rsidRPr="00C25764" w:rsidRDefault="008C43D5" w:rsidP="00AB0D84">
           <w:r w:rsidRPr="00C25764">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="0003037D" w14:textId="77777777" w:rsidR="008C43D5" w:rsidRDefault="008C43D5" w:rsidP="00AB0D84">
       <w:pPr>
         <w:rPr>
@@ -5354,74 +5332,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="624E51CD" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71A51EDB" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C43D5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentar </w:t>
-[...7 lines deleted...]
-        <w:t>Praxisausbildner</w:t>
+        <w:t>Kommentar Praxisausbildner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:in</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>:in:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1104923068"/>
         <w:placeholder>
           <w:docPart w:val="996A97BC4FED46479D69E2D6749E4E5A"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="669D9B49" w14:textId="77777777" w:rsidR="00953D38" w:rsidRPr="00C25764" w:rsidRDefault="00953D38" w:rsidP="00953D38">
           <w:r w:rsidRPr="00C25764">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="475B36BB" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
@@ -5806,74 +5768,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D8E8C9E" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40B567F5" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C43D5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentar </w:t>
-[...7 lines deleted...]
-        <w:t>Praxisausbildner</w:t>
+        <w:t>Kommentar Praxisausbildner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:in</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>:in:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="176313673"/>
         <w:placeholder>
           <w:docPart w:val="EB39C6F3542F48F4B6918373A9D01E6D"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="0A6204B0" w14:textId="77777777" w:rsidR="00953D38" w:rsidRPr="00C25764" w:rsidRDefault="00953D38" w:rsidP="00953D38">
           <w:r w:rsidRPr="00C25764">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6D5A8FE1" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
@@ -6258,74 +6204,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FCD982" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3930F82A" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C43D5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kommentar </w:t>
-[...7 lines deleted...]
-        <w:t>Praxisausbildner</w:t>
+        <w:t>Kommentar Praxisausbildner</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>:in</w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>:in:</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-650141319"/>
         <w:placeholder>
           <w:docPart w:val="A678C19D819F4CB99E9EB5D4FEBC42F5"/>
         </w:placeholder>
         <w:showingPlcHdr/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="26AD35FC" w14:textId="77777777" w:rsidR="00953D38" w:rsidRPr="00C25764" w:rsidRDefault="00953D38" w:rsidP="00953D38">
           <w:r w:rsidRPr="00C25764">
             <w:rPr>
               <w:rStyle w:val="Platzhaltertext"/>
             </w:rPr>
             <w:t>Klicken oder tippen Sie hier, um Text einzugeben.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5DFCBD0B" w14:textId="77777777" w:rsidR="00953D38" w:rsidRDefault="00953D38" w:rsidP="00953D38">
       <w:pPr>
         <w:rPr>
@@ -9637,51 +9567,51 @@
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="270404212">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="2104566856">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-CH" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-CH" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aaunWlsXS8T86c9kBw6qc5cWM5Y6G6XLbmA+8mWZaiPU4W7/ymQMVQnAs1CfnCsZ6vAdVb2Rwh3ChS3s+nCmtw==" w:salt="OP5z8ytDi3WCk6Y9k/C+Pw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="851"/>
   <w:consecutiveHyphenLimit w:val="3"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -10227,78 +10157,80 @@
     <w:rsid w:val="00595EFC"/>
     <w:rsid w:val="005A077C"/>
     <w:rsid w:val="005B0E09"/>
     <w:rsid w:val="005B2184"/>
     <w:rsid w:val="005B256F"/>
     <w:rsid w:val="005B4BBB"/>
     <w:rsid w:val="005C02C1"/>
     <w:rsid w:val="005C1028"/>
     <w:rsid w:val="005C11B8"/>
     <w:rsid w:val="005C7F2F"/>
     <w:rsid w:val="005D1707"/>
     <w:rsid w:val="005D1D0B"/>
     <w:rsid w:val="005D313D"/>
     <w:rsid w:val="005D3404"/>
     <w:rsid w:val="005D5F6E"/>
     <w:rsid w:val="005D6579"/>
     <w:rsid w:val="005E045D"/>
     <w:rsid w:val="005E110D"/>
     <w:rsid w:val="005E384C"/>
     <w:rsid w:val="005E5A04"/>
     <w:rsid w:val="005E7E3B"/>
     <w:rsid w:val="005F4162"/>
     <w:rsid w:val="005F555B"/>
     <w:rsid w:val="005F5911"/>
     <w:rsid w:val="005F7C34"/>
+    <w:rsid w:val="006048E2"/>
     <w:rsid w:val="006051E0"/>
     <w:rsid w:val="00612F91"/>
     <w:rsid w:val="00621190"/>
     <w:rsid w:val="00622B2F"/>
     <w:rsid w:val="00622CCC"/>
     <w:rsid w:val="00623C45"/>
     <w:rsid w:val="00625819"/>
     <w:rsid w:val="00625C43"/>
     <w:rsid w:val="0062667A"/>
     <w:rsid w:val="00626BC0"/>
     <w:rsid w:val="006309EF"/>
     <w:rsid w:val="00630EBD"/>
     <w:rsid w:val="006310DB"/>
     <w:rsid w:val="00631323"/>
     <w:rsid w:val="00632BC8"/>
     <w:rsid w:val="0063352C"/>
     <w:rsid w:val="00635D5B"/>
     <w:rsid w:val="00636E1C"/>
     <w:rsid w:val="00642BA7"/>
     <w:rsid w:val="006443AF"/>
     <w:rsid w:val="00644DEE"/>
     <w:rsid w:val="00644EBE"/>
     <w:rsid w:val="00650321"/>
     <w:rsid w:val="00650E06"/>
     <w:rsid w:val="006544DD"/>
     <w:rsid w:val="00655C62"/>
     <w:rsid w:val="006578C1"/>
     <w:rsid w:val="006639DE"/>
+    <w:rsid w:val="00663E3D"/>
     <w:rsid w:val="00665BF6"/>
     <w:rsid w:val="00665BFA"/>
     <w:rsid w:val="00667B1B"/>
     <w:rsid w:val="0067303E"/>
     <w:rsid w:val="00674950"/>
     <w:rsid w:val="00681715"/>
     <w:rsid w:val="0068421E"/>
     <w:rsid w:val="0068498D"/>
     <w:rsid w:val="00687B0D"/>
     <w:rsid w:val="006906B8"/>
     <w:rsid w:val="00691AD3"/>
     <w:rsid w:val="0069330B"/>
     <w:rsid w:val="00693729"/>
     <w:rsid w:val="00697233"/>
     <w:rsid w:val="006A46F8"/>
     <w:rsid w:val="006A515A"/>
     <w:rsid w:val="006B131C"/>
     <w:rsid w:val="006B1740"/>
     <w:rsid w:val="006B202E"/>
     <w:rsid w:val="006B34D5"/>
     <w:rsid w:val="006B4565"/>
     <w:rsid w:val="006B4DE1"/>
     <w:rsid w:val="006B525A"/>
     <w:rsid w:val="006B5E61"/>
     <w:rsid w:val="006C0469"/>
@@ -11082,50 +11014,51 @@
     <w:rsid w:val="00FE316E"/>
     <w:rsid w:val="00FE6538"/>
     <w:rsid w:val="00FE7329"/>
     <w:rsid w:val="00FF22F4"/>
     <w:rsid w:val="00FF2C60"/>
     <w:rsid w:val="00FF319C"/>
     <w:rsid w:val="00FF3F51"/>
     <w:rsid w:val="00FF6F52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4F9C79D8"/>
   <w15:docId w15:val="{BB847785-32F0-4211-807E-BA152E825C5B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Verdana" w:cstheme="minorBidi"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
@@ -13062,76 +12995,78 @@
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00372B23"/>
     <w:rsid w:val="00053F37"/>
     <w:rsid w:val="000B0A3D"/>
     <w:rsid w:val="00372B23"/>
     <w:rsid w:val="004D31EC"/>
     <w:rsid w:val="00540E9B"/>
     <w:rsid w:val="00555453"/>
+    <w:rsid w:val="00663E3D"/>
     <w:rsid w:val="007E5F29"/>
     <w:rsid w:val="00A00DA7"/>
     <w:rsid w:val="00C36F10"/>
     <w:rsid w:val="00C504D2"/>
     <w:rsid w:val="00C630C9"/>
     <w:rsid w:val="00C97B5C"/>
     <w:rsid w:val="00CD0C72"/>
     <w:rsid w:val="00E35D09"/>
     <w:rsid w:val="00E91489"/>
     <w:rsid w:val="00FB3097"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -13880,74 +13815,58 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x01010048C2734AD7FD9D48BCA5BD84CACC68F6" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="6e0f749f18dc5766457212d41e7d50d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="83f370fc-2ab7-41b7-87f7-d7459a3f2056" xmlns:ns3="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6b3641a26b885d940ae013fd526dd6fc" ns2:_="" ns3:_="">
     <xsd:import namespace="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <xsd:import namespace="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14152,130 +14071,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnY1PYl56aWJ6qp2RgampjT6ca6MPVwMA6D4SQg==</officeatwork>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="83f370fc-2ab7-41b7-87f7-d7459a3f2056">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtWt1u2zYUvi/QdyAKpDezZUmWZRvthHlO3Hi1Fy9SW2AoMNDSkU2EEjWKius+z95iBXbRB9orjP5NHDsSnbTdMChIHEQ6fzz8eEh+J3//+dfLIU4F8BFnCXAxd0Gkzv4z1D/9GUfw/TMADA0zrFfHtgVVy2oaVWyMcbVhG+160GgEtuk/Qx1fkGsp3cM0hWfIBQq+gKDH+EUmkkxs3tzxRGDP99bxJfgkIRALqdQjQIN0/Rut3r/pn8o3bzHNwDF1o6mbhq23DbtRt+vttt20jZe11duXtaXervrKzdbCWZSEn/+IJ8BztbZBrQa8VdfVtPo+i7c6XRYL7ItczSFOEhJPPDymMMBjoBttVCtWuBNjNT8hp0ClNJ9fJILcRHmfn11ps0i8y6IEx/NiqwnmIlpNeq6kRwSFIqEe4am4Pc33Zo0EAQUVyQFWs+hmYUg+FAaYUapi7Sc2VhpwJwg4pKkrOIBQFP61P1KU7BIxVxRVwQMFAYrim3FJZMt1QOLCRHiyACVTVizYw4WTdDbEhBYPKJl7rEiqHwvOgsy/vcIcF6YcTUB+CkCnUi5GWRygc+Ac4twl26UslSnZWupxkJqU+FNAr/jnT2kKufqyPEdYLOq0xGHOVNQ29be2W6vvrd3dLBUsWmoVV+97iwG7yhalwJsnXySoCz7BMUnxOvnFe4re1FuGbVh6W28a9VajXdcbx+wphmZo6Jz509SfZhTQIPsIPEZVhHrPcZS8cCuo71Vd4NfEh7SC3gEPBaSCYzlxyKqsFXJdrmfNUFxB20Lt7DkbsVSE2J8is223K6h7XrV13TwihvrWtoe+swwkv02zhUwDGYaKvrXVn81m2jSlmeZP8/F/qyA5CoEO2IQNMJ/cTNHJ4lF68n7h7bdg5XSimYauaw35M4vCQoNuhCnNNXi1Mmg21Az2GJPwPWxRuppABLIChr9HWrg2rBjpxTSGs94vw69gepQIY8/siM2AJ4zE4r0gAmi0XJc7qRGRTIula0Zbb6g6MvMchYzKg9YBT+EDPNUf5qnY19G1q5OJKeMKVcs2mnXTklOnG0brmGLlCghDufVcSk8V1EkSSq6WpTKNcIzluZjEFXTuDt5ofc89u3zb7565ufZvl9s3MdkeR5y9iphrxvWnjNGRPBYqlDiyc+DtkRjHH+WYltUWbQrt0yd9b/tHru+dBC0Sg9ZZyt9Vs3h3gz+YzPyzOOHy/jS6fYBxdktqPX8n2jmzOFyGrqWr0H9QKawumcRYZBzOyWR6CemP777MsWB145EPU6UtuARzCeb/LJi3Zo0SySWS/xdINhWQbFjySqQvkdw6imHrjBMqs0wTdCkvqJgHFXTKJAyEvPho/dfDfwe1zjvChTSAQ1F0R9lFcT9O5aE2Eyj8/Imj1yyKsniNpuX1fYj5FQh5O0dFY9vJkpycUNtkCG1zdhyyV3l9DJQtE5n1Y6C8CljDm4C/CZ5r+2RybY/JziO3TdsMfF8PqpYfyo/6uF1tt8xxNQSMG+PW2G438Q257fHsMLe9fPHVqW2rbpitlt6WTxrfkNouoI0Pc9vejHzwgD6M25aLgFxjdWL8uIAVqeiHEczOayw3kRV/h+MUjUAUpP0uoewMM6C0QOkub3zQLVKxdIf1czqYL0ghDZn20ycNWeWRfIIzFRu3iGRnoamis8PgFHvao3Ud3TZRDbXMutk0m+oF6xF08OE+iTPSRhrqVCV0GZeDWvFnVgudMz5D66/RhevJF6jz6ohOjPnlmibqbQ619sVXaUvc0xrIhfjTJ4/A7X5X4eHL6X/XBnCeU/HCgw9CnrHnVAp/vMCzO0vg+US8OA7+J9fjLh+EJwvjtYX1hYlDnm52yoXEgyCw4+PxTFzZ2ihbG2Vro2xtlK2NsrVRcmglh1a2Nkowl62NEsklksvWRtnaKFsb37a1UTvwz/z/ANxjDPk=</officeatwork>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{238000D3-2ADF-4210-AF8A-DAE93F3B7917}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB1353C-22FD-40DA-9AEA-799C91CBB921}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAF9F6F2-C310-43D9-81DC-4FF34D309781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
     <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DB1353C-22FD-40DA-9AEA-799C91CBB921}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{630AB61A-1FAB-4F81-AA4D-283CA1D7D328}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{238000D3-2ADF-4210-AF8A-DAE93F3B7917}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="83f370fc-2ab7-41b7-87f7-d7459a3f2056"/>
+    <ds:schemaRef ds:uri="3f9d5b09-a744-4eea-8a73-36a6ca5ddd3b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E374D0-2F01-4379-859D-63FC995B956B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74A41DEA-AAE9-49FE-8D5F-A892F5050D8B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>00 Vorlage A4 hoch 2.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1125</Words>
-  <Characters>7089</Characters>
+  <Words>1004</Words>
+  <Characters>7210</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
+  <Lines>60</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>